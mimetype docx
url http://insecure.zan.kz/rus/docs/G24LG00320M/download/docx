--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="cf530a7" w14:textId="cf530a7">
+    <w:p w14:paraId="4a82324" w14:textId="4a82324">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -133,57 +133,53 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -348,366 +344,366 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2024 год в следующем объеме:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="1"/>
+    <w:bookmarkStart w:name="z59" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1)доходы – 201 593,7 тенге, в том числе:</w:t>
+      1) доходы – 204 705,7 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z46" w:id="2"/>
+    <w:bookmarkStart w:name="z60" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 4 427,0 тысяч тенге;</w:t>
+      налоговые поступления – 7 539,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z47" w:id="3"/>
+    <w:bookmarkStart w:name="z61" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговым поступления- 127,0 ;</w:t>
+      неналоговым поступления- 127,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z48" w:id="4"/>
+    <w:bookmarkStart w:name="z62" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z49" w:id="5"/>
+    <w:bookmarkStart w:name="z63" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления трансфертов – 197 039,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z50" w:id="6"/>
+    <w:bookmarkStart w:name="z64" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 203 993,7 тысяч тенге;</w:t>
+      2) затраты – 207 105,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z51" w:id="7"/>
+    <w:bookmarkStart w:name="z65" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z52" w:id="8"/>
+    <w:bookmarkStart w:name="z66" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредит – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z53" w:id="9"/>
+    <w:bookmarkStart w:name="z67" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погащение бюджетных кредитов – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z54" w:id="10"/>
+    <w:bookmarkStart w:name="z68" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z55" w:id="11"/>
+    <w:bookmarkStart w:name="z69" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобритение финансовых активов – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z56" w:id="12"/>
+    <w:bookmarkStart w:name="z70" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z57" w:id="13"/>
+    <w:bookmarkStart w:name="z71" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета -2400,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z58" w:id="14"/>
+    <w:bookmarkStart w:name="z72" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) финансирование дефицита (использование профицита) бюджета 2400,0 тысяч тенге. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Жанакорганского районного маслихата Кызылординской области от 16.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Жанакорганского районного маслихата Кызылординской области от 24.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 390</w:t>
+        <w:t>№ 433</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -742,63 +738,62 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -816,51 +811,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Председатель маслихата Жанакорганского района </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1010,208 +1005,214 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет сельского округа Кыраш на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 –в редакции решения Жанакорганского районного маслихата Кызылординской области от 16.07.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Жанакорганского районного маслихата Кызылординской области от 24.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 390</w:t>
+        <w:t>№ 433</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1068"/>
+        <w:gridCol w:w="1762"/>
+        <w:gridCol w:w="1762"/>
+        <w:gridCol w:w="3626"/>
+        <w:gridCol w:w="4082"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4082" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1227,110 +1228,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1346,2838 +1361,3069 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. ДОХОДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-201 593,7</w:t>
+            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+204705,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-4427,0</w:t>
+            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7539,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-2000,0</w:t>
+            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4555,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-2000,0</w:t>
+            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4555,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-2 227,0</w:t>
+            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2984,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4082" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 195,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4082" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-2 015,0</w:t>
+            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 372,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-200,0</w:t>
+            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-200,0</w:t>
+            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4082" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 127,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4082" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 127,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4082" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 127,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4082" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 197 039,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4082" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 197 039,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из бюджетов городов районного значения, сел, поселков, сельских округов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4082" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4211,120 +4457,127 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4082" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4340,110 +4593,124 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4459,147 +4726,168 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4609,5123 +4897,5561 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. ЗАТРАТЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-203 993,7</w:t>
+            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+207 105,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-42 726,0</w:t>
+            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 550,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-42 726,0</w:t>
+            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 550,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-42 726,0</w:t>
+            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 740,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...162 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы Гос органов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+810,0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Здравоохранение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4082" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4082" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 002</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация доставки ближайшей организаций здоровохранения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4082" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-7 451,0</w:t>
+            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9477,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-7 451,0</w:t>
+            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9477,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-719,0</w:t>
+            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1521,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4082" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 136,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4082" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-6596,0 </w:t>
+7820,0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-23 730,0</w:t>
+            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 992,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-23 730,0</w:t>
+            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 992,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно-досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-23 425,0</w:t>
+            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 687,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4082" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 305,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 028</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проведение физкультурно-оздравительных и спортивных мероприятии на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4082" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 305,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4082" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 130 082,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4082" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 130 082,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальный и средний ремонт автомобильных дорог улиц населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4082" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 130 082,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4082" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4. Остаток по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4082" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4082" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -2400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4082" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4082" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки средств бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4082" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4082" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2425,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки средств бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4082" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9878,172 +10604,178 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет сельского округа Кыраш на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1179"/>
+        <w:gridCol w:w="1946"/>
+        <w:gridCol w:w="1946"/>
+        <w:gridCol w:w="4003"/>
+        <w:gridCol w:w="3226"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10059,110 +10791,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10178,2838 +10924,3069 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. ДОХОДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72 798</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4649</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2339</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 205</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2116</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 210</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 210</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 68016</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 68016</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из бюджетов городов районного значения, сел, поселков, сельских округов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13043,120 +14020,127 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13172,110 +14156,124 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13291,147 +14289,168 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13441,3019 +14460,3257 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. ЗАТРАТЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72798</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43008</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43008</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43008</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Здравоохранение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 002</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Организация доставки ближайшей организаций здоровохранения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5304</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5304</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 755</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 143</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4406</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24162</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24162</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно-досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24162</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 320</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 028</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Проведение физкультурно-оздравительных и спортивных мероприятии на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16585,172 +17842,178 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет сельского округа Кыраш на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1204"/>
+        <w:gridCol w:w="1987"/>
+        <w:gridCol w:w="1987"/>
+        <w:gridCol w:w="4089"/>
+        <w:gridCol w:w="3033"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16766,110 +18029,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16885,2838 +18162,3069 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. ДОХОДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 74734</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4881</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2205</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2205</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2456</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 215</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2222</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 220</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 220</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 140</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 140</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 140</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 69713</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 69713</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из бюджетов городов районного значения, сел, поселков, сельских округов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19750,120 +21258,127 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19879,110 +21394,124 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19998,147 +21527,168 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20148,3019 +21698,3257 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. ЗАТРАТЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 74734</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43937</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43937</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43937</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Здравоохранение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 002</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Организация доставки ближайшей организаций здоровохранения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5569</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5569</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 793</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 150</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4626</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24887</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24887</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно-досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24887</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1987" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 336</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 028</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Проведение физкультурно-оздравительных и спортивных мероприятии на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23222,55 +25010,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>