--- v1 (2025-12-28)
+++ v2 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4a82324" w14:textId="4a82324">
+    <w:p w14:paraId="d9763c3" w14:textId="d9763c3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -133,53 +133,57 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -360,151 +364,151 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2024 год в следующем объеме:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z59" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 204 705,7 тысяч тенге, в том числе:</w:t>
+      1) доходы – 200 477,0 тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z60" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 7 539,0 тысяч тенге;</w:t>
+      налоговые поступления – 7539,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z61" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговым поступления- 127,0 тысяч тенге;</w:t>
+      неналоговым поступления- 127,0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z62" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z63" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 197 039,7 тысяч тенге;</w:t>
+      поступления трансфертов – 192 811,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z64" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 207 105,7 тысяч тенге;</w:t>
+      2) затраты – 202 877,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z65" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z66" w:id="8"/>
     <w:p>
@@ -649,61 +653,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Жанакорганского районного маслихата Кызылординской области от 24.10.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Жанакорганского районного маслихата Кызылординской области от 12.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 433</w:t>
+        <w:t>№ 463</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -738,62 +742,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -811,51 +816,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Председатель маслихата Жанакорганского района </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1005,214 +1010,208 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет сельского округа Кыраш на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Жанакорганского районного маслихата Кызылординской области от 24.10.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Жанакорганского районного маслихата Кызылординской области от 12.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 433</w:t>
+        <w:t>№ 463</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1068"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4082"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1228,124 +1227,110 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1361,3223 +1346,2985 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. ДОХОДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
-[...29 lines deleted...]
-204705,7</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200 477,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1762" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7539,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1762" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4555,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4555,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1762" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
-[...29 lines deleted...]
-2984,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2427,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 195,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
-[...29 lines deleted...]
-2 372,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2372,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1762" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1762" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 127,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1762" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 127,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 127,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1762" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
-[...29 lines deleted...]
-197 039,7</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192 811,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1762" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
-[...29 lines deleted...]
-197 039,7</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192 811,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из бюджетов городов районного значения, сел, поселков, сельских округов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
-[...29 lines deleted...]
-197 039,7</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192 811,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4593,124 +4340,110 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4726,168 +4459,147 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4897,5561 +4609,5127 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. ЗАТРАТЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
-[...29 lines deleted...]
-207 105,7</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+202 877,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1762" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
-[...29 lines deleted...]
-43 550,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 002,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1762" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
-[...29 lines deleted...]
-43 550,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 002,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
-[...29 lines deleted...]
-42 740,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 002,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1762" w:type="dxa"/>
-[...74 lines deleted...]
-            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные затраты подведомственных государственных учреждений и организаций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 810,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1762" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Здравоохранение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1762" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 002</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Организация доставки ближайшей организаций здоровохранения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1762" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
-[...29 lines deleted...]
-9477,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 477,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1762" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
-[...29 lines deleted...]
-9477,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 477,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
-[...29 lines deleted...]
-1521,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 521,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 136,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
-[...29 lines deleted...]
-7820,0 </w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 820,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1762" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
-[...29 lines deleted...]
-23 992,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 730,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1762" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
-[...29 lines deleted...]
-23 992,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 730,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно-досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
-[...29 lines deleted...]
-23 687,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 425,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1762" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 305,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 028</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Проведение физкультурно-оздравительных и спортивных мероприятии на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 305,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1762" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
-[...29 lines deleted...]
-130 082,7</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+125 854,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1762" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
-[...29 lines deleted...]
-130 082,7</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+125 854,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальный и средний ремонт автомобильных дорог улиц населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
-[...29 lines deleted...]
-130 082,7</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+125 854,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4. Остаток по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -2400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1762" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1762" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки средств бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2425,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1068" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки средств бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4082" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10604,178 +9882,172 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет сельского округа Кыраш на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1179"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3226"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10791,124 +10063,110 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10924,3069 +10182,2838 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. ДОХОДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72 798</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4649</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2339</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 205</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2116</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 210</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 210</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 68016</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 68016</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из бюджетов городов районного значения, сел, поселков, сельских округов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14020,127 +13047,120 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14156,124 +13176,110 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14289,168 +13295,147 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14460,3257 +13445,3019 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. ЗАТРАТЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72798</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43008</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43008</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43008</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Здравоохранение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 002</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Организация доставки ближайшей организаций здоровохранения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5304</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5304</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 755</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 143</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4406</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24162</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24162</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно-досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24162</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 320</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 028</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Проведение физкультурно-оздравительных и спортивных мероприятии на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17842,178 +16589,172 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет сельского округа Кыраш на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1204"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3033"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18029,124 +16770,110 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18162,3069 +16889,2838 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. ДОХОДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 74734</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1987" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4881</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1987" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2205</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2205</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1987" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2456</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 215</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2222</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1987" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 220</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 220</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1987" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 140</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1987" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 140</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 140</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1987" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 69713</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1987" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 69713</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из бюджетов городов районного значения, сел, поселков, сельских округов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21258,127 +19754,120 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21394,124 +19883,110 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21527,168 +20002,147 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21698,3257 +20152,3019 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. ЗАТРАТЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 74734</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1987" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43937</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1987" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43937</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43937</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1987" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Здравоохранение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1987" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 002</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Организация доставки ближайшей организаций здоровохранения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1987" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5569</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1987" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5569</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 793</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 150</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4626</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1987" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24887</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1987" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24887</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно-досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24887</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1987" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 336</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1204" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 028</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Проведение физкультурно-оздравительных и спортивных мероприятии на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>