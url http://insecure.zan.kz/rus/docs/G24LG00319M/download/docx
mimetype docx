--- v0 (2025-10-22)
+++ v1 (2025-12-20)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="680741d" w14:textId="680741d">
+    <w:p w14:paraId="1fb6b21" w14:textId="1fb6b21">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -305,190 +305,150 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет сельского округа Косуйенки на 2025-2027 годы согласно приложениям </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> в том числе на 2025 год в следующем объеме:</w:t>
+        <w:t xml:space="preserve"> соответственно, в том числе на 2024 год в следующем объеме:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z31" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 83 454,3 тысяч тенге, в том числе:</w:t>
+      1) доходы – 104 504,9 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z32" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 2 860,0 тысяч тенге;</w:t>
+      налоговые поступления – 4 615,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z33" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продаж основного капитала – 528,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z34" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 80 066,0тысяч тенге;</w:t>
+      поступления трансфертов – 99 361,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z35" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 85 891,4 тысяч тенге;</w:t>
+      2) затраты – 106 942,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z36" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z37" w:id="7"/>
     <w:p>
@@ -633,61 +593,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Жанакорганского районного маслихата Кызылординской области от 25.04.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Жанакорганского районного маслихата Кызылординской области от 24.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 357</w:t>
+        <w:t>№ 417</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -990,61 +950,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет сельского округа Косуйенки на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Жанакорганского районного маслихата Кызылординской области от 25.04.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Жанакорганского районного маслихата Кызылординской области от 24.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 357</w:t>
+        <w:t>№ 417</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1488,51 +1448,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-83 454,3</w:t>
+104 504,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1665,51 +1625,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 860,0</w:t>
+4615</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1842,51 +1802,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-996,0</w:t>
+2372</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2019,51 +1979,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-996,0</w:t>
+2372</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2196,51 +2156,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 864,0</w:t>
+2 243</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2373,51 +2333,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-175,0</w:t>
+175</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2550,51 +2510,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18,0</w:t>
+18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2727,51 +2687,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 531,0</w:t>
+1 910</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2904,228 +2864,228 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-140,0</w:t>
+140</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...135 lines deleted...]
-80 066,0</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление от продажа основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+528,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3154,155 +3114,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02</w:t>
-[...103 lines deleted...]
-80 066,0</w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Продажа государственного имущества, закрепленного за государственными учреждениями </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+528,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3363,300 +3323,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...71 lines deleted...]
-80 066,0</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа государственного имущества, закрепленного за государственными учреждениями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+528,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...135 lines deleted...]
-528,3</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+99 361,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3685,155 +3645,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01</w:t>
-[...103 lines deleted...]
-528,3</w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+99 361,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3894,123 +3854,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...71 lines deleted...]
-528,3</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из бюджетов городов районного значения, сел, поселков, сельских округов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+99 361,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4574,51 +4534,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-85 891,4</w:t>
+106942,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4751,51 +4711,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44 992,0</w:t>
+45 485,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4928,51 +4888,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44 992,0</w:t>
+45 485,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5105,51 +5065,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44 992,0</w:t>
+45 485,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5282,51 +5242,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18 355,0</w:t>
+38 912,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5459,51 +5419,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18 355,0</w:t>
+38 912,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5636,51 +5596,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 179,0</w:t>
+1 179</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5813,51 +5773,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-528,0</w:t>
+528</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5990,51 +5950,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16 648,0</w:t>
+37 205,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6167,51 +6127,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 544,0</w:t>
+22 544</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6344,51 +6304,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 239,0</w:t>
+22 239</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6521,51 +6481,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 239,0</w:t>
+22 239</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6698,51 +6658,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-305,0</w:t>
+305</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6875,51 +6835,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-305,0</w:t>
+305</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>