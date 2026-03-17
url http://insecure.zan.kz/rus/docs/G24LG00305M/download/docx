--- v0 (2025-12-28)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="48ff11d" w14:textId="48ff11d">
+    <w:p w14:paraId="503eea9" w14:textId="503eea9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -133,53 +133,57 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -301,409 +305,409 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет сельского округа Аккорган на 2025-2027 годы согласно приложениям </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно в том числе на 2025 год в следующем обьеме:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="1"/>
+    <w:bookmarkStart w:name="z49" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       1) доходы – 244009 тысяч тенге, в том числе:</w:t>
+      1) доходы – 244009 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z36" w:id="2"/>
+    <w:bookmarkStart w:name="z50" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговым поступлениям – 21109 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z37" w:id="3"/>
+    <w:bookmarkStart w:name="z51" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговым поступлениям –400 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z38" w:id="4"/>
+    <w:bookmarkStart w:name="z52" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступлениям от продажи основного капитала – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z39" w:id="5"/>
+    <w:bookmarkStart w:name="z53" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступлениям трансфертов – 222500 тысяч тенге;</w:t>
+      по поступлениям трансфертов – 222500 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z40" w:id="6"/>
+    <w:bookmarkStart w:name="z54" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) затраты – 251123,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z41" w:id="7"/>
+    <w:bookmarkStart w:name="z55" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z42" w:id="8"/>
+    <w:bookmarkStart w:name="z56" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z43" w:id="9"/>
+    <w:bookmarkStart w:name="z57" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z44" w:id="10"/>
+    <w:bookmarkStart w:name="z58" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z45" w:id="11"/>
+    <w:bookmarkStart w:name="z59" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z46" w:id="12"/>
+    <w:bookmarkStart w:name="z60" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z47" w:id="13"/>
+    <w:bookmarkStart w:name="z61" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета – -7114,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z48" w:id="14"/>
+    <w:bookmarkStart w:name="z62" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      6) финансирование дефицита (использование профицита) бюджета- 7114,5 тысяч тенге.</w:t>
+        <w:t xml:space="preserve">
+      6) финансирование дефицита (использование профицита) бюджета- 7114,5 тысяч тенге. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Жанакорганского районного маслихата Кызылординской области от 24.10.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Жанакорганского районного маслихата Кызылординской области от 12.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 427</w:t>
+        <w:t>№ 453</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -738,62 +742,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -811,51 +816,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Председатель маслихата Жанакорганского района </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1005,214 +1010,208 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет сельского округа Аккорган на 2025 годы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Жанакорганского районного маслихата Кызылординской области от 24.10.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Жанакорганского районного маслихата Кызылординской области от 12.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 427</w:t>
+        <w:t>№ 453</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1298"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3850"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1228,124 +1227,110 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1361,168 +1346,147 @@
               <w:t>
 Подклас</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1532,2878 +1496,2661 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 244009</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21109</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4787</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4787</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16322</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 692</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
-[...29 lines deleted...]
-14205</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13535</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
-[...29 lines deleted...]
-1350</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государоственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 222500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 222500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из бюджетов городов районного значения, сел, поселков, сельских округов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4437,143 +4184,140 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z28" w:id="18"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сумма, </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="18"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="18"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4589,124 +4333,110 @@
               <w:t>
  Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4722,168 +4452,147 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4893,5564 +4602,5123 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 251123,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 74757</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 74757</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 74757</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30186</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30186</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5880</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 310</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23996</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34696</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32839</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно-досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32839</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 305</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 028</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Проведение физкультурно- оздравительных и спортивных мероприятии на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 305</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 110500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 110500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Капитальный и средний ремонт автомобильных дорог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 110500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 984,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 984,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных (не полностью использованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 984,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 044</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 возврат сумм неиспользованных) целевых переводов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -7114,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7114,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7114,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки средств бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7114,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7192,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оостатки бюджетных средств на конец отчетного периюда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3850" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10603,178 +9871,172 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет сельского округа Аккорган на 2026 годы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1376"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3341"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10790,124 +10052,110 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10923,168 +10171,147 @@
               <w:t>
 Подклас</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11094,2878 +10321,2661 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 105696</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1869" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14935</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1869" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2707</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2707</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1869" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12228</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 727</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10372</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1050</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1869" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 420</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1869" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государоственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 420</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 420</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1869" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90341</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1869" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90341</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из бюджетов городов районного значения, сел, поселков, сельских округов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13999,143 +13009,140 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z31" w:id="20"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сумма, </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="20"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="20"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14151,124 +13158,110 @@
               <w:t>
  Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14284,168 +13277,147 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14455,3463 +13427,3176 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 105696</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1869" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47523</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1869" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47523</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47523</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1869" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23542</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1869" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23542</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1149</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 326</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22067</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1869" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34631</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1869" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34311</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно-досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34311</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1869" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 320</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 028</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Проведение физкультурно- оздравительных и спортивных мероприятии на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 320</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18043,178 +16728,172 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет сельского округа Аккорган на 2027 годы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1376"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3341"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18230,124 +16909,110 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18363,168 +17028,147 @@
               <w:t>
 Подклас</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18534,2878 +17178,2661 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 109007</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1869" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15682</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1869" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2842</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2842</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1869" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12840</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 763</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 83</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10891</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1103</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1869" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 441</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1869" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государоственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 441</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 441</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1869" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 92884</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1869" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 92884</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из бюджетов городов районного значения, сел, поселков, сельских округов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21439,143 +19866,140 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z34" w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сумма, </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="22"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="22"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21591,124 +20015,110 @@
               <w:t>
  Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21724,168 +20134,147 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21895,4036 +20284,3707 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 109007</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1869" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48612</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1869" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48612</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48612</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1869" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24719</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1869" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24719</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1207</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 342</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23170</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1869" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35676</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1869" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35340</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно-досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35340</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1869" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 336</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 028</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Проведение физкультурно- оздравительных и спортивных мероприятии на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 336</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1869" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных (не полностью использованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 044</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 возврат сумм неиспользованных) целевых переводов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>