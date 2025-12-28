--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e62f6df" w14:textId="e62f6df">
+    <w:p w14:paraId="5bd5ec2" w14:textId="5bd5ec2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -133,57 +133,53 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -368,376 +364,366 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующем объеме:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="1"/>
+    <w:bookmarkStart w:name="z34" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 240 533,0 тысяч тенге,в том числе:</w:t>
+       1) доходы – 239 584,5 тысяч тенге,в том числе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z62" w:id="2"/>
+    <w:bookmarkStart w:name="z35" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 16 372,0 тысяч тенге;</w:t>
+      налоговые поступления – 21 632,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z63" w:id="3"/>
+    <w:bookmarkStart w:name="z36" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговым поступления- 28,0 тысяч тенге;</w:t>
+      неналоговым поступления- 28,0 тысяч тенге ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z64" w:id="4"/>
+    <w:bookmarkStart w:name="z37" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z65" w:id="5"/>
+    <w:bookmarkStart w:name="z38" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления трансфертов – 224 133,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z66" w:id="6"/>
+    <w:bookmarkStart w:name="z39" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 246 149,7 тысяч тенге;</w:t>
+      2) затраты – 217 924,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z67" w:id="7"/>
+    <w:bookmarkStart w:name="z40" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z68" w:id="8"/>
+    <w:bookmarkStart w:name="z41" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредит – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z69" w:id="9"/>
+    <w:bookmarkStart w:name="z42" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погащение бюджетных кредитов – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z70" w:id="10"/>
+    <w:bookmarkStart w:name="z43" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z71" w:id="11"/>
+    <w:bookmarkStart w:name="z44" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобритение финансовых активов – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z72" w:id="12"/>
+    <w:bookmarkStart w:name="z45" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z73" w:id="13"/>
+    <w:bookmarkStart w:name="z46" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета – -5616,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z74" w:id="14"/>
+    <w:bookmarkStart w:name="z47" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>
+      6) финансирование дефицита (использование профицита) бюджета –5616,7 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Жанакорганского районного маслихата Кызылординской области от 24.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Жанакорганского районного маслихата Кызылординской области от 24.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 407</w:t>
+        <w:t>№ 426</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -812,63 +798,62 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящее решение вводится в действие с 1 января 2025 года и подлежит официальному опубликованию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -886,51 +871,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Председатель маслихата Жанакорганского района </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1080,208 +1065,215 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет поселка Шалхия на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Жанакорганского районного маслихата Кызылординской области от 24.09.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Жанакорганского районного маслихата Кызылординской области от 24.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 407</w:t>
+        <w:t>№ 426</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1002"/>
+        <w:gridCol w:w="1362"/>
+        <w:gridCol w:w="1362"/>
+        <w:gridCol w:w="2802"/>
+        <w:gridCol w:w="3154"/>
+        <w:gridCol w:w="2618"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3154" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1297,110 +1289,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1416,3162 +1422,3414 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. ДОХОДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-240 533,0</w:t>
+            <w:tcW w:w="3154" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+239 584,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-16 372,0</w:t>
+            <w:tcW w:w="3154" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21 632,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4 320,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4 320,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-12 043,0</w:t>
+            <w:tcW w:w="3154" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17 312,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 407,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-11 409,0</w:t>
+            <w:tcW w:w="3154" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12 169,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 167,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Внутренние налоги на товары, работы и услуги </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-9,0</w:t>
+            <w:tcW w:w="3154" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4509,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-9,0</w:t>
+            <w:tcW w:w="3154" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4509,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-224 133,0</w:t>
+            <w:tcW w:w="3154" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+217 924,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-224 133,0</w:t>
+            <w:tcW w:w="3154" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+217 924,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из бюджетов городов районного значения, сел, поселков, сельских округов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-224 133,0</w:t>
+            <w:tcW w:w="3154" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+217 924,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3154" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4587,110 +4845,124 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4706,147 +4978,168 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4856,5680 +5149,6739 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. ЗАТРАТЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3154" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-246 149,7</w:t>
+            <w:tcW w:w="3154" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+245 201,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55 072,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50795,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 777,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 032</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные затраты подведомственных государственных учреждений и организаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Здравоохранения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 002</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Организация доставки ближайшей организации здравоохранения, которая оказывает медицинскую помощь тяжелым людям в чрезвычайных ситуациях</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-29 537,0</w:t>
+            <w:tcW w:w="3154" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34 224,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-29 537,0</w:t>
+            <w:tcW w:w="3154" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34 224,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-15 514,0</w:t>
+            <w:tcW w:w="3154" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 201,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 814,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-13 209,0</w:t>
+            <w:tcW w:w="3154" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 209,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-42 760,0</w:t>
+            <w:tcW w:w="3154" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 020,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-42 760,0</w:t>
+            <w:tcW w:w="3154" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 020,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно-досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-42 455,0</w:t>
+            <w:tcW w:w="3154" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 715,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 028</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Проведение физкультурно-оздравительных и спортивных мероприятии на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 305,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+238 033</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-118 202,0</w:t>
+            <w:tcW w:w="3154" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+112 305,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 543</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-118 202,0</w:t>
+            <w:tcW w:w="3154" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+112 305,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+407</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальный и средний ремонт дорог на улицах поселка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-118 202,0</w:t>
+            <w:tcW w:w="3154" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+112 305,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 574,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 574,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных (недоиспользованных)целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 574,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+224 133</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 3. Бюджетная ссуда </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+224 133</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4. Баланс транзакций с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+224 133</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5. Дефицит бюджета (избыток)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -5616,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5616,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5616,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки средств бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5616,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5617,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остаткибюджетныхсредств на конецотчетногопериода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -10652,172 +12004,178 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет поселка Шалхия на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="923"/>
+        <w:gridCol w:w="1946"/>
+        <w:gridCol w:w="1946"/>
+        <w:gridCol w:w="4005"/>
+        <w:gridCol w:w="3480"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10833,110 +12191,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10952,3015 +12324,3260 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. ДОХОДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 105384</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14556</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 486</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 486</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11070</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 427</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10 405</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 175</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Внутренние налоги на товары, работы и услуги </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90 789</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90 789</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из бюджетов городов районного значения, сел, поселков, сельских округов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13994,120 +15611,127 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14123,110 +15747,124 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14242,147 +15880,168 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14392,4238 +16051,4609 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. ЗАТРАТЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 105384</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47 803</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47 803</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47 803</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Здравоохранения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 002</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Организация доставки ближайшей организации здравоохранения, которая оказывает медицинскую помощь тяжелым людям в чрезвычайных ситуациях</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Социальная помощь и социальное обеспечение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 003</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оказание социальной помощи нуждающимся гражданам на дому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13 647</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13 647</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1580</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11 737</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43 930</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43 930</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно-досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43 610</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 320</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 028</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Проведение физкультурно- оздравительных и спортивных мероприятии на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 320</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 3. Бюджетная ссуда </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4. Баланс транзакций с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5. Дефицит бюджета (избыток)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18755,172 +20785,178 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет поселка Шалхия на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="904"/>
+        <w:gridCol w:w="1906"/>
+        <w:gridCol w:w="1906"/>
+        <w:gridCol w:w="3921"/>
+        <w:gridCol w:w="3663"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18936,110 +20972,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19055,3015 +21105,3260 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. ДОХОДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 108 407</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15 295</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 660</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 660</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10 520</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 448</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10 926</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 184</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Внутренние налоги на товары, работы и услуги </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 93 082</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 93 082</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из бюджетов городов районного значения, сел, поселков, сельских округов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22097,120 +24392,127 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22226,110 +24528,124 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22345,147 +24661,168 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22495,4238 +24832,4609 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. ЗАТРАТЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 108 407</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48 818</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48 818</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48 818</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Здравоохранения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 002</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Организация доставки ближайшей организации здравоохранения, которая оказывает медицинскую помощь тяжелым людям в чрезвычайных ситуациях</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Социальная помощь и социальное обеспечение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 003</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оказание социальной помощи нуждающимся гражданам на дому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1659</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 347</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12 324</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45 254</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45 254</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно-досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44 918</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 336</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 028</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Проведение физкультурно- оздравительных и спортивных мероприятии на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 336</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 3. Бюджетная ссуда </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4. Баланс транзакций с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5. Дефицит бюджета (избыток)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26858,51 +29566,50 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень местных бюджетных программ, не подлежающих секвестированию в процессе исполнения местных бюджетов на 2025-2027 годы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12300"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -27057,55 +29764,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>