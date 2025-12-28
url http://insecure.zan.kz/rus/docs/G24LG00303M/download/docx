--- v0 (2025-11-07)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="cbf4f98" w14:textId="cbf4f98">
+    <w:p w14:paraId="dd3e488" w14:textId="dd3e488">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -348,366 +348,366 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в том числе на 2024 год в следующем обьеме:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="1"/>
+    <w:bookmarkStart w:name="z48" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 1623112,6 тысяч тенге;</w:t>
+      1) доходы – 1819050,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z35" w:id="2"/>
+    <w:bookmarkStart w:name="z49" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступление - 438536,3 тысяч тенге;</w:t>
+      налоговые поступление - 489449,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z36" w:id="3"/>
+    <w:bookmarkStart w:name="z50" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступление – 6612,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z37" w:id="4"/>
+    <w:bookmarkStart w:name="z51" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала –81913,0 тысяч тенге;</w:t>
+      поступления от продажи основного капитала –110490,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z38" w:id="5"/>
+    <w:bookmarkStart w:name="z52" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступление трансфертов – 1096051,3 тысяч тенге;</w:t>
+      поступление трансфертов – 1212296,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z39" w:id="6"/>
+    <w:bookmarkStart w:name="z53" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты —1704091,1 тысяч тенге;</w:t>
+      2) затраты —1900028,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z40" w:id="7"/>
+    <w:bookmarkStart w:name="z54" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование - 0 ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z41" w:id="8"/>
+    <w:bookmarkStart w:name="z55" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджетные кредиты - 0 ;</w:t>
+      бюджетные кредиты - 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z42" w:id="9"/>
+    <w:bookmarkStart w:name="z56" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погащение бюджетных кредитов - 0 ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z43" w:id="10"/>
+    <w:bookmarkStart w:name="z57" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z44" w:id="11"/>
+    <w:bookmarkStart w:name="z58" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобритение финансовых активов- 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z45" w:id="12"/>
+    <w:bookmarkStart w:name="z59" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства - 0:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z46" w:id="13"/>
+    <w:bookmarkStart w:name="z60" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета – -80978,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z47" w:id="14"/>
+    <w:bookmarkStart w:name="z61" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 80978,5 тысяч тенге.</w:t>
+        <w:t xml:space="preserve">
+      6) финансирование дефицита (использование профицита) бюджета – 80978,5 тысяч тенге. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 –в редакции решения Жанакорганского районного маслихата Кызылординской области от 16.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 –в редакции решения Жанакорганского районного маслихата Кызылординской области от 24.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 378</w:t>
+        <w:t>№ 406</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1010,61 +1010,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет поселка Жанакорган на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 –в редакции решения Жанакорганского районного маслихата Кызылординской области от 16.07.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Жанакорганского районного маслихата Кызылординской области от 24.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 378</w:t>
+        <w:t>№ 406</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1674,51 +1674,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 623 112,6</w:t>
+1 819 050,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1855,51 +1855,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-438 536,3</w:t>
+489449,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2036,51 +2036,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-291 901,3</w:t>
+489 449,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2217,51 +2217,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-291 901,3</w:t>
+334854,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2398,51 +2398,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-144 070,0</w:t>
+150 930,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2941,51 +2941,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-133 015,0</w:t>
+139 714,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3122,51 +3122,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 155,0</w:t>
+3 316,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3303,51 +3303,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 565,0</w:t>
+3 664,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3484,51 +3484,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-644,0</w:t>
+821,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3665,51 +3665,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 921,0</w:t>
+2 843,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3846,51 +3846,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 612,0</w:t>
+6 814,2,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4240,200 +4240,200 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...148 lines deleted...]
-81 913,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие не налоговые доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+202,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4454,529 +4454,529 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...115 lines deleted...]
-81 913,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие не налоговые доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+202,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...148 lines deleted...]
-81 913,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+110 490,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...148 lines deleted...]
-1 096 051,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+110 490,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4997,1095 +4997,1099 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...115 lines deleted...]
-1 096 051,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Продажа земли </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+110 490,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...148 lines deleted...]
-1 096 051,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 212 296,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...67 lines deleted...]
-Сумма, тысяч тенге</w:t>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 212 296,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...79 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из бюджетов городов районного значения, сел, поселков, сельских округов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 212 296,7</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...13 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...56 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
-[...89 lines deleted...]
-Наименование</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администраторы бюджетных программ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...165 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...169 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -6105,347 +6109,343 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...78 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Расходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-165 569,0</w:t>
+1 900 028,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...111 lines deleted...]
-Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-144 496,0</w:t>
+194 814,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6467,166 +6467,166 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...78 lines deleted...]
-Капитальные расходы государственных органов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17 659,0</w:t>
+194 814,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6690,305 +6690,305 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-032</w:t>
-[...36 lines deleted...]
-Капитальные затраты подведомственных государственных учреждений и организаций</w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 414,0</w:t>
+174 493,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...111 lines deleted...]
-Жилищно-коммунальное хозяйство</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственных органов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-555 532,2</w:t>
+16 934,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7010,347 +7010,347 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...78 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные затраты подведомственных государственных учреждений и организаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-555 532,2</w:t>
+3 414,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...111 lines deleted...]
-Освещение улиц в населенных пунктах</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-95 419,0</w:t>
+610 092,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7372,166 +7372,166 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...78 lines deleted...]
-Обеспечение санитарии населенных пунктов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23 802,0</w:t>
+610 092,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7595,305 +7595,305 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...36 lines deleted...]
-Благоустройство и озеленение населенных пунктов</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-436 311,2</w:t>
+107 419,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...111 lines deleted...]
-Культура, спорт, туризм и информационное пространство</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-48 363,0</w:t>
+              <w:t xml:space="preserve">
+43 126,0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7915,329 +7915,311 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...78 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 363,0</w:t>
+459 547,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...129 lines deleted...]
-местном уровне</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8262,199 +8244,199 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...111 lines deleted...]
-Автомобиль и коммуникация</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-415 350,1</w:t>
+48 363,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8476,347 +8458,365 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...78 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Поддержка культурно-досуговой работы на </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-415 350,1</w:t>
+48 363,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...111 lines deleted...]
-Обеспечение функционирования дорог в населенных пунктах</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль и коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 027,7</w:t>
+415 350,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8838,347 +8838,347 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...78 lines deleted...]
-Капитальный и средний ремонт дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-395 322,4</w:t>
+415 350,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...111 lines deleted...]
-Другие </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования дорог в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-493 546,0</w:t>
+24 307,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -9200,528 +9200,528 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...78 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальный и средний ремонт дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-493 546,0</w:t>
+479 271,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...111 lines deleted...]
-Реализация мероприятий по социальной и инженерной инфраструктуре сельских населенных пунктов в рамках проекта "Ауыл ел бесігі"</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Другие </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-493 546,0</w:t>
+481 829,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...111 lines deleted...]
-Трансферты </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 730,8</w:t>
+481 829,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -9743,347 +9743,347 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...78 lines deleted...]
-Неиспользованные (совсем не использованные) выделенные из республиканского бюджета за счет целевых трансфертов из Национального фонда Республики Казахстан</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реализация мероприятий по социальной и инженерной инфраструктуре сельских населенных пунктов в рамках проекта "Ауыл ел бесігі"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 730,8</w:t>
+481 829,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...75 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Возврат целевых трнасфертов </w:t>
+Трансферты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24 000,8</w:t>
+61 322,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -10105,50 +10105,412 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неиспользованные (совсем не использованные) выделенные из республиканского бюджета за счет целевых трансфертов из Национального фонда Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61 322,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Возврат целевых трнасфертов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24 000,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
@@ -10220,51 +10582,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 730,0</w:t>
+37 321,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>