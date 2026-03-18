--- v1 (2025-12-28)
+++ v2 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="dd3e488" w14:textId="dd3e488">
+    <w:p w14:paraId="0a767f9" w14:textId="0a767f9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -345,435 +345,433 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> в том числе на 2024 год в следующем обьеме:</w:t>
+        <w:t xml:space="preserve"> в том числе на 2024 год в следующем обьеме: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 1819050,0 тысяч тенге;</w:t>
+      1) доходы – 2663152,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z49" w:id="2"/>
+    <w:bookmarkStart w:name="z62" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступление - 489449,1 тысяч тенге;</w:t>
+      налоговые поступление - 54473,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z50" w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z63" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступление – 6612,0 тысяч тенге;</w:t>
+      неналоговые поступление – 11418,2 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z51" w:id="4"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z64" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала –110490,0 тысяч тенге;</w:t>
+      поступления от продажи основного капитала –114084,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z52" w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z65" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступление трансфертов – 1212296,7 тысяч тенге;</w:t>
+      поступление трансфертов – 1992916,8 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z53" w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z66" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты —1900028,5 тысяч тенге;</w:t>
+      2) затраты —2744130,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z54" w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z67" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование - 0 ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z55" w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z68" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджетные кредиты - 0;</w:t>
+      бюджетные кредиты - 0 ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z56" w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z69" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погащение бюджетных кредитов - 0 ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z57" w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z70" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z58" w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z71" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобритение финансовых активов- 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z59" w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z72" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства - 0:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z60" w:id="13"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z73" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета – -80978,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z61" w:id="14"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z74" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) финансирование дефицита (использование профицита) бюджета – 80978,5 тысяч тенге. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 –в редакции решения Жанакорганского районного маслихата Кызылординской области от 24.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 –в редакции решения Жанакорганского районного маслихата Кызылординской области от 12.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 406</w:t>
+        <w:t>№ 451</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Объем субвенции на 2025 года передаваемый бюджет поселка 64900,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -977,94 +975,94 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>маслихата Жанакорганского района</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 декабря 2025 года № 303</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:bookmarkStart w:name="z26" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет поселка Жанакорган на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Жанакорганского районного маслихата Кызылординской области от 24.09.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Жанакорганского районного маслихата Кызылординской области от 12.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 406</w:t>
+        <w:t>№ 451</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1674,51 +1672,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 819 050,0</w:t>
+2 663 152,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1855,51 +1853,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-489449,1</w:t>
+544 733,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2036,51 +2034,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-489 449,1</w:t>
+387 453,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2217,51 +2215,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-334854,3</w:t>
+387 452,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2398,51 +2396,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-150 930,5</w:t>
+151 595,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2579,51 +2577,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 650,0</w:t>
+3 308,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2760,51 +2758,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 250,0</w:t>
+1 712,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2941,51 +2939,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-139 714,2</w:t>
+142 128,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3122,51 +3120,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 316,3</w:t>
+4 447,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3303,51 +3301,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 664,3</w:t>
+5 684,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3484,51 +3482,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-821,1</w:t>
+999 ,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3665,51 +3663,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 843,2</w:t>
+4 685,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3846,51 +3844,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 814,2,0</w:t>
+11 418,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4027,51 +4025,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 612,0</w:t>
+10 205,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4208,51 +4206,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 612,0</w:t>
+10 205,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4389,51 +4387,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-202,2</w:t>
+846,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4570,232 +4568,232 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-202,2</w:t>
+846,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...148 lines deleted...]
-110 490,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие штрафы, пени, санкции, взыскания, налагаемые государственными учреждениями, финансируемыми из местного бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+367,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4816,529 +4814,529 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...115 lines deleted...]
-110 490,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие штрафы, пени, санкции, взыскания, налагаемые государственными учреждениями, финансируемыми из местного бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+367,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...148 lines deleted...]
-110 490,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+114 084,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...148 lines deleted...]
-1 212 296,7</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+114 084,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5359,167 +5357,167 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...115 lines deleted...]
-1 212 296,7</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Продажа земли </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+113 916,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5582,1053 +5580,1057 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...73 lines deleted...]
-1 212 296,7</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Плата за продажу права аренды земельных участков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+168,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...67 lines deleted...]
-Сумма, тысяч тенге</w:t>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 992 916,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...79 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 992 916,8</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...93 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из бюджетов городов районного значения, сел, поселков, сельских округов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 992 916,8</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...105 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...165 lines deleted...]
-          </w:p>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администраторы бюджетных программ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...169 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...169 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -6681,314 +6683,310 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...45 lines deleted...]
-Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Расходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-174 493,9</w:t>
+2 744 130,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...111 lines deleted...]
-Капитальные расходы государственных органов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16 934,0</w:t>
+199 267,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7010,347 +7008,347 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...78 lines deleted...]
-Капитальные затраты подведомственных государственных учреждений и организаций</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 414,0</w:t>
+199 267,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...111 lines deleted...]
-Жилищно-коммунальное хозяйство</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-610 092,9</w:t>
+178 919,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7372,166 +7370,166 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...78 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственных органов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-610 092,9</w:t>
+16 934,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7595,305 +7593,305 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
-[...36 lines deleted...]
-Освещение улиц в населенных пунктах</w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные затраты подведомственных государственных учреждений и организаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-107 419,0</w:t>
+3 414,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...111 lines deleted...]
-Обеспечение санитарии населенных пунктов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-43 126,0 </w:t>
+              <w:t>
+686 118,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7915,347 +7913,347 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...78 lines deleted...]
-Благоустройство и озеленение населенных пунктов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-459 547,9</w:t>
+686 118,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...111 lines deleted...]
-Культура, спорт, туризм и информационное пространство</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 363,0</w:t>
+131 044,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8277,166 +8275,166 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...78 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-48 363,0</w:t>
+              <w:t xml:space="preserve">
+51 100,0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8500,323 +8498,305 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-006</w:t>
-[...54 lines deleted...]
-местном уровне</w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 363,0</w:t>
+503 974,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
-[...102 lines deleted...]
-Автомобиль и коммуникация</w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-415 350,1</w:t>
+48 363,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8953,51 +8933,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-415 350,1</w:t>
+48 363,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -9061,486 +9041,506 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-013</w:t>
-[...36 lines deleted...]
-Обеспечение функционирования дорог в населенных пунктах</w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z27" w:id="17"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Поддержка культурно-досуговой работы на </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="17"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24 307,7</w:t>
+48 363,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...111 lines deleted...]
-Капитальный и средний ремонт дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль и коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-479 271,4</w:t>
+1 266 336,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...111 lines deleted...]
-Другие </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-481 829,4</w:t>
+1 266 336,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -9562,166 +9562,166 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...78 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования дорог в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-481 829,4</w:t>
+23 849,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -9785,50 +9785,593 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальный и средний ремонт дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 242 486,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Другие </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+482 722,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+482 722,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 057</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -9858,51 +10401,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-481 829,4</w:t>
+482 722,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -27678,55 +28221,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>