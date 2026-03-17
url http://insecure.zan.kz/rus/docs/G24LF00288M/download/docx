--- v0 (2025-11-11)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="18c6c52" w14:textId="18c6c52">
+    <w:p w14:paraId="76d77df" w14:textId="76d77df">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -285,51 +285,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить бюджет сельского округа Бухарбай батыр на 2025 – 2027 годы согласно приложениям </w:t>
+      1.  Утвердить бюджет сельского округа Бухарбай батыр на 2025 – 2027 годы согласно приложениям </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -364,151 +364,151 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему решению соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z39" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 107 029 тысяч тенге, в том числе:</w:t>
+      1) доходы – 110 177 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z40" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 13 267 тысяч тенге;</w:t>
+      налоговые поступления – 15 270 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z41" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z42" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 0;</w:t>
+      поступления от продажи основного капитала – 697 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z43" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 93 762 тысяч тенге;</w:t>
+      поступления трансфертов – 94 210 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z44" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 108 600,4 тысяч тенге;</w:t>
+      2) затраты – 111 748,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z45" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z46" w:id="8"/>
     <w:p>
@@ -624,51 +624,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета – -1 571,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z52" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета– 1 571,4 тысяч тенге;</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 1 571,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z53" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z54" w:id="16"/>
     <w:p>
@@ -713,71 +713,71 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Жалагашского районного маслихата Кызылординской области от 09.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Жалагашского районного маслихата Кызылординской области от 25.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 32-9</w:t>
+        <w:t>№ 36-6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+        <w:t xml:space="preserve">  (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1017,120 +1017,104 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жалагашского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 23 декабря 2024 года № 28-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет сельского округа Бухарбай батыр на 2025 год</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Жалагашского районного маслихата Кызылординской области от 09.07.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Жалагашского районного маслихата Кызылординской области от 25.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 32-9</w:t>
+        <w:t>№ 36-6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+        <w:t xml:space="preserve">  (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -1732,51 +1716,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-107029</w:t>
+110177</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1909,51 +1893,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13267</w:t>
+15270</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2086,51 +2070,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3076</w:t>
+3876</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2263,51 +2247,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3076</w:t>
+3876</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2440,51 +2424,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9948</w:t>
+11062</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2617,51 +2601,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-150</w:t>
+160</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2794,51 +2778,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-80</w:t>
+60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2971,51 +2955,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4520</w:t>
+4704</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3148,51 +3132,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5198</w:t>
+6138</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3325,51 +3309,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-243</w:t>
+332</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3502,51 +3486,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-243</w:t>
+332</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4210,51 +4194,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+697</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4387,51 +4371,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4564,228 +4548,228 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-93762</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+197</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4805,781 +4789,866 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-93762</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+197</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-93762</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+94210</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...85 lines deleted...]
-тысяч тенге</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+94210</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+94210</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...62 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Сумма, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...93 lines deleted...]
-Наименование</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -5623,328 +5692,247 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...99 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...146 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -5962,341 +5950,337 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-45712,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+111748,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-45662,4</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47792,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6316,341 +6300,341 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-50</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47792,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-7526</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47765,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6670,341 +6654,341 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-7526</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+053</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Управление коммунальным имуществом города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-3026</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7055</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7024,164 +7008,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-3000</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7055</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7242,300 +7226,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-1500</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2426</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-47662</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3135</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7555,518 +7539,518 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-47662</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1494</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-47662</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49402</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-7 700</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49402</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8086,195 +8070,549 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-7 700</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49402</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7499</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7499</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8376,51 +8714,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 700</w:t>
+7499</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9212,68 +9550,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жалагашского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 23 декабря 2024 года № 28-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z32" w:id="19"/>
+    <w:bookmarkStart w:name="z32" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет сельского округа Бухарбай батыр на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9311,70 +9649,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z33" w:id="20"/>
+          <w:bookmarkStart w:name="z33" w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сумма, </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="20"/>
+          <w:bookmarkEnd w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -12944,70 +13282,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z34" w:id="21"/>
+          <w:bookmarkStart w:name="z34" w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сумма, </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="21"/>
+          <w:bookmarkEnd w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -16801,68 +17139,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жалагашского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 23 декабря 2023 года № 28-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z36" w:id="22"/>
+    <w:bookmarkStart w:name="z36" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет сельского округа Бухарбай батыр на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -16900,70 +17238,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z37" w:id="23"/>
+          <w:bookmarkStart w:name="z37" w:id="24"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сумма, </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="23"/>
+          <w:bookmarkEnd w:id="24"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -20533,70 +20871,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z38" w:id="24"/>
+          <w:bookmarkStart w:name="z38" w:id="25"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сумма, </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="24"/>
+          <w:bookmarkEnd w:id="25"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -24882,55 +25220,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>