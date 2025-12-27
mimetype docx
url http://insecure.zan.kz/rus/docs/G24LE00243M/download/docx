--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="eec9358" w14:textId="eec9358">
+    <w:p w14:paraId="44f3bf0" w14:textId="44f3bf0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -337,167 +337,167 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 236 569,3 тысяч тенге, в том числе:</w:t>
+      1) доходы – 338 223 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="2"/>
+    <w:bookmarkStart w:name="z62" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 22 715 тысяч тенге;</w:t>
+      налоговые поступления – 23 815 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z59" w:id="3"/>
+    <w:bookmarkStart w:name="z63" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z60" w:id="4"/>
+    <w:bookmarkStart w:name="z64" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 0;</w:t>
+      поступления от продажи основного капитала – 717,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z61" w:id="5"/>
+    <w:bookmarkStart w:name="z65" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      поступления трансфертов – 213 854,3 тысяч тенге;  </w:t>
+      поступления трансфертов – 313 690,6 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) затраты – 236 787,6 тысяч тенге; </w:t>
+      2) затраты – 338 441,3 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z46" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z47" w:id="7"/>
     <w:p>
       <w:pPr>
@@ -721,61 +721,81 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Кармакшинского районного маслихата Кызылординской области от 28.02.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">№ 256 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); с изменениями, внесенными решением Кармакшинского районного маслихата Кызылординской области от 17.06.2025 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); с изменениями, внесенными решениями Кармакшинского районного маслихата Кызылординской области от 17.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 295</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); от 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1253,61 +1273,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет сельского округа Алдашбай Ахун на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Кармакшинского районного маслихата Кызылординской области от 17.06.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Кармакшинского районного маслихата Кызылординской области от 06.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 295</w:t>
+        <w:t>№ 325</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025). </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1904,51 +1924,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-236569,3</w:t>
+338223</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2082,51 +2102,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22715</w:t>
+23815</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2260,51 +2280,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21300</w:t>
+22400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2438,51 +2458,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21300</w:t>
+22400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3862,125 +3882,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+717,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4004,87 +4024,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления трансфертов</w:t>
-[...35 lines deleted...]
-213854,3</w:t>
+Продажа государственного имущества, закрепленного за государственными учреждениями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+717,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4104,1266 +4124,1208 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферты из вышестоящих органов государственного управления</w:t>
-[...35 lines deleted...]
-213854,3</w:t>
+Продажа государственного имущества, закрепленного за государственными учреждениями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+717,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...73 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферты из районного (города областного значения) бюджета</w:t>
-[...35 lines deleted...]
-213854,3</w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+313690,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...66 lines deleted...]
-Сумма, тысяч тенге</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+313690,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+313690,6</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...56 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...88 lines deleted...]
-Программа</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...86 lines deleted...]
-Наименование</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...195 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...199 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -5381,405 +5343,401 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-42065</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+338441,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-42065</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38065</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5799,196 +5757,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-35645</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38065</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6040,164 +5998,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-2420</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38065</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6290,541 +6248,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-032</w:t>
-[...71 lines deleted...]
-4000</w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35645</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-67812,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2420</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-67812,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69629,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6844,196 +6802,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-67812,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69629,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7085,164 +7043,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-44473</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69629,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7335,123 +7293,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-227</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45073</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7544,541 +7502,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-23112,3</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+227</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-24849</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24329,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-24849</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28849</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8098,196 +8056,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-24849</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Деятельность в области культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28849</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8339,582 +8297,582 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-24849</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28849</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-102061</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28849</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-102061</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+201897,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8934,196 +8892,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-102061</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+201897,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9175,50 +9133,259 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+201897,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -9288,51 +9455,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-102061</w:t>
+201897,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -31352,61 +31519,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Целевые трансферты, предусмотренные в бюджете сельского округа Алдашбай Ахун на 2025 год за счет районного бюджета</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 5 - в редакции решения Кармакшинского районного маслихата Кызылординской области от 17.06.2025 </w:t>
+      Сноска. Приложение 5 - в редакции решения Кармакшинского районного маслихата Кызылординской области от 06.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 295</w:t>
+        <w:t>№ 325</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -31488,70 +31655,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z22" w:id="27"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сумма, </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="27"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -31632,51 +31797,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-149 416,3</w:t>
+249 252,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -32310,51 +32475,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100 000,0</w:t>
+199 836,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -32520,51 +32685,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-149 416,3</w:t>
+249 252,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>