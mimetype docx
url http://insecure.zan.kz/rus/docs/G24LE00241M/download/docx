--- v0 (2025-11-13)
+++ v1 (2025-12-31)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e778c91" w14:textId="e778c91">
+    <w:p w14:paraId="adb78ff" w14:textId="adb78ff">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О бюджете сельского округа Акжар на 2025-2027 годы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Решение Кармакшинского районного маслихата Кызылординской области от 26 декабря 2024 года № 241</w:t>
+        <w:t>Решение Кармакшинского районного маслихата Кызылординской области от 26 декабря 2024 года № 241.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -252,51 +252,68 @@
         </w:rPr>
         <w:t xml:space="preserve"> статьи 75 Кодекса Республики "Бюджетный кодекс Республики Казахстан", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2-7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 6 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан" Кармакшинский районный маслихат Кызылординской области ПРИНЯЛ РЕШЕНИЕ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет сельского округа Акжар на 2025-2027 годы согласно приложениям </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -331,551 +348,710 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:bookmarkStart w:name="z45" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 431 696 тысяч тенге, в том числе:</w:t>
+      1) доходы – 429 487,8 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z46" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 6 290 тысяч тенге;</w:t>
+      налоговые поступления – 6 235 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z47" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления – 140 тысяч тенге;</w:t>
+      неналоговые поступления – 158 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z48" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 250 тысяч тенге;</w:t>
+      поступления от продажи основного капитала – 287 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z49" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 425 016 тысяч тенге;</w:t>
+      поступления трансфертов – 422 807,8 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z50" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 431 696 тысяч тенге;</w:t>
+      2) затраты – 429 688,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z51" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z52" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z53" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов– 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z54" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z55" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      приобретение финансовых активов - 0;</w:t>
+      приобретение финансовых активов – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z56" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи финансовых активов государства - 0;</w:t>
+      поступления от продажи финансовых активов государства – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z57" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – 0;</w:t>
+      5) дефицит (профицит) бюджета – -200,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z58" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета– 0;</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 200,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z59" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступление займов - 0;</w:t>
+      поступление займов – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z60" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      погашение займов - 0;</w:t>
+      погашение займов – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z61" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств –0.</w:t>
+      используемые остатки бюджетных средств – 200,9 мың теңге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Кармакшинского районного маслихата Кызылординской области от 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 324</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Учесть, что в 2025 году объем бюджетной субвенций, передаваемый из районного бюджета в бюджет сельского округа Акжар установлен в размере 90 349 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Утвердить целевые трансферты, предусмотренные в бюджете сельского округа Акжар, на 2025 год за счет республиканского бюджета согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Утвердить целевые трансферты, предусмотренные в бюджете сельского округа Акжар, на 2025 год за счет областного бюджета согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Утвердить целевые трансферты, предусмотренные в бюджете сельского округа Акжар, на 2025 год за счет районного бюджета согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1. Предусмотреть возврат неиспользованных (недоиспользованных) целевых трансфертов, выделенных из районного бюджета в 2024 году в районный бюджет в сумме 0,8 тысяч тенге</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Решение дополнено пунктом 5-1 в соответствии с решением Кармакшинского районного маслихата Кызылординской области от 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 324</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1092,65 +1268,13618 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Кызылординской области </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от "26" декабря 2024 года №241</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет сельского округа Акжар на 2025 год</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 – в редакции решения Кармакшинского районного маслихата Кызылординской области от 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 324</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специфика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+429487,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6235</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2617</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2617</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3528</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+195</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+165</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3143</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единный земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+158</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы от государственной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+148</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы от сдачи в аренду имущества, находящегося в собственности государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+148</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ Штрафы, пени, санкции, взыскания, налагаемые государственными учреждениями, финансируемыми из государственного бюджета, а также содержащимися и финансируемыми из бюджета (сметы расходов) Национального Банка Республики Казахстан </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штрафы, пени, санкции, взыскания, налагаемые государственными учреждениями, финансируемыми из государственного бюджета, а также содержащимися и финансируемыми из бюджета (сметы расходов) Национального Банка Республики Казахстан, за исключением поступлений от организаций нефтяного сектора, в Фонд компенсации потерпевшим, Фонд поддержки инфраструктуры образования и Специальный государственный фонд</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+287</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+287</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+287</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Поступления трансфертов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+422807,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+422807,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+422807,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная подгруппа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+429688,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52561</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52561</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52561</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50634</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1927</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7826,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7826,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7826,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1460,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6366,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50182</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Деятельность в области культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50182</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50182</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50182</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1122</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192165</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192165</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192165</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192175</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+126953</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+126953</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+126953</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05858</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Развитие социальной и инженерной инфраструктуры в сельских населенных пунктах в рамках проекта "Ауыл-Ел бесігі"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+126953</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-200,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободный остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение 2 к решению </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кармакшинского районного маслихата </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кызылординской области </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от "26" декабря 2024 года №241</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z34" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бюджет сельского округа Акжар на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
@@ -1889,51 +15618,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-431696</w:t>
+98204</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2067,51 +15796,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6290</w:t>
+6515</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2245,51 +15974,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2500</w:t>
+2600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2423,51 +16152,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2500</w:t>
+2600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2601,51 +16330,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3645</w:t>
+3765</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2779,51 +16508,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-195</w:t>
+200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2957,51 +16686,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-140</w:t>
+145</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3135,51 +16864,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3140</w:t>
+3245</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3313,51 +17042,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-170</w:t>
+175</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3491,51 +17220,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-145</w:t>
+150</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3669,51 +17398,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-145</w:t>
+150</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3847,51 +17576,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-140</w:t>
+145</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4025,51 +17754,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-140</w:t>
+145</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4203,51 +17932,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-140</w:t>
+145</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4381,51 +18110,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-250</w:t>
+300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4559,51 +18288,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-250</w:t>
+300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4737,51 +18466,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-250</w:t>
+300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4915,51 +18644,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-425016</w:t>
+91244</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5093,51 +18822,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-425019</w:t>
+91244</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5271,93 +19000,93 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-425016</w:t>
+91244</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Функциональная группа</w:t>
+Функциональная группа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -5983,51 +19712,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-431696</w:t>
+98204</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6192,51 +19921,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51817</w:t>
+50483</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6401,51 +20130,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51817</w:t>
+50483</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6610,51 +20339,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51817</w:t>
+50483</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6819,469 +20548,469 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50217</w:t>
+50483</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-1600</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1915</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-12198</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1915</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7301,196 +21030,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-12198</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1915</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7542,164 +21271,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-12198</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1310</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7792,541 +21521,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
-[...71 lines deleted...]
-1260</w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+605</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-10938</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45806</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-45271</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Деятельность в области культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45806</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8346,196 +22075,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-45271</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45806</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8587,259 +22316,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...207 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8909,1932 +22429,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45271</w:t>
-[...1880 lines deleted...]
-126953</w:t>
+45806</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13140,110 +24779,110 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приложение 2 к решению </w:t>
+              <w:t xml:space="preserve">Приложение 3 к решению </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Кармакшинского районного маслихата </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Кызылординской области </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от "26" декабря 2024 года №241</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:bookmarkStart w:name="z36" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бюджет сельского округа Акжар на 2026 год</w:t>
+        <w:t xml:space="preserve"> Бюджет сельского округа Акжар на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
@@ -13982,51 +25621,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-98204</w:t>
+99563</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14160,51 +25799,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6515</w:t>
+6740</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14338,51 +25977,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2600</w:t>
+2700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14516,51 +26155,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2600</w:t>
+2700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14694,51 +26333,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3765</w:t>
+3885</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14872,51 +26511,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200</w:t>
+205</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15050,51 +26689,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-145</w:t>
+150</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15228,51 +26867,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3245</w:t>
+3350</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15406,51 +27045,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-175</w:t>
+180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15584,51 +27223,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-150</w:t>
+155</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15762,51 +27401,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-150</w:t>
+155</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15940,51 +27579,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-145</w:t>
+150</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16118,51 +27757,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-145</w:t>
+150</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16296,51 +27935,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-145</w:t>
+150</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16474,51 +28113,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300</w:t>
+350</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16652,51 +28291,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300</w:t>
+350</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16830,51 +28469,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300</w:t>
+350</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17008,51 +28647,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-91244</w:t>
+92323</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17186,51 +28825,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-91244</w:t>
+92323</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17364,51 +29003,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-91244</w:t>
+92323</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -18076,51 +29715,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-98204</w:t>
+99563</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18285,51 +29924,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50483</w:t>
+51026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18494,51 +30133,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50483</w:t>
+51026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18703,51 +30342,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50483</w:t>
+51026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18912,51 +30551,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50483</w:t>
+51026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19121,51 +30760,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1915</w:t>
+1993</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19330,51 +30969,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1915</w:t>
+1993</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19539,51 +31178,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1915</w:t>
+1993</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19748,51 +31387,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1310</w:t>
+1363</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19957,51 +31596,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-605</w:t>
+630</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20166,51 +31805,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45806</w:t>
+46544</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20375,51 +32014,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45806</w:t>
+46544</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20584,51 +32223,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45806</w:t>
+46544</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20793,51 +32432,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45806</w:t>
+46544</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23143,10116 +34782,113 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приложение 3 к решению </w:t>
+              <w:t xml:space="preserve">Приложение 4 к решению </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Кармакшинского районного маслихата </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Кызылординской области </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от "26" декабря 2024 года №241</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z36" w:id="26"/>
-[...10002 lines deleted...]
-    <w:bookmarkStart w:name="z38" w:id="27"/>
+    <w:bookmarkStart w:name="z38" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Целевые трансферты, предусмотренные в бюджете сельского округа Акжар на 2025 год за счет республиканского бюджета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -33322,70 +34958,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z39" w:id="28"/>
+          <w:bookmarkStart w:name="z39" w:id="27"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сумма, </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="28"/>
+          <w:bookmarkEnd w:id="27"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -34680,68 +36316,122 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Кызылординской области </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от "26" декабря 2024 года №241</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z41" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Целевые трансферты, предусмотренные в бюджете сельского округа Акжар на 2025 год за счет областного бюджета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 5 – в редакции решения Кармакшинского районного маслихата Кызылординской области от 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 324</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -34811,70 +36501,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z42" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сумма, </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -34955,51 +36643,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-193 697,0</w:t>
+192 165,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -35068,51 +36756,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-193 697,0</w:t>
+192 165,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -35132,101 +36820,223 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-193 697,0</w:t>
+192 165,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -35305,68 +37115,122 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Кызылординской области</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от "26" декабря 2024 года №241</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z44" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Целевые трансферты, предусмотренные в бюджете сельского округа Акжар на 2025 год за счет районного бюджета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 6 – в редакции решения Кармакшинского районного маслихата Кызылординской области от 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 324</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -35436,70 +37300,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z45" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сумма, </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -35580,51 +37442,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11 966,0</w:t>
+13 039,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -35693,51 +37555,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10 356,0</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -35806,51 +37668,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 600,0</w:t>
+1 567,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -35919,495 +37781,1048 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10,0</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Целевые трансферты на развитие:</w:t>
+На приобретение ЛЭД экрана для сельского клуба имени С. Буртебайулы в селе Акжар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 465,0</w:t>
+4 911,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-На проведение экспертизы качества работы и материала объекта строительства улицы Абай Кунанбаева в селе Акжар </w:t>
+              <w:t>
+За услугу по составлению государственного акта улицы А. Иманова в селе Акжар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 715,0</w:t>
+417,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-На разработку проектно-сметной документации и проведение экспертизы на новое строительство улиц К.Рустембекова, А.Иманова, А.Болегенова села Акжар</w:t>
+На текущий ремонт спортивной площадки по улице Ораза Ахуна сельского округа Акжар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 750,0</w:t>
+5 784,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+На приобретение планшета для аппарата акима сельского округа Акжар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Целевые трансферты на развитие:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 715,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+На проведение экспертизы качества работы и материала объекта строительства улицы Абай Кунанбаева в селе Акжар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 715,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+На разработку проектно-сметной документации и проведение экспертизы на новое строительство улиц К.Рустембекова, А.Иманова, А.Болегенова села Акжар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 431,0</w:t>
+14 754,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -36439,55 +38854,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>