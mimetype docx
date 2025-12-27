--- v0 (2025-11-11)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c4c4325" w14:textId="c4c4325">
+    <w:p w14:paraId="65a209d" w14:textId="65a209d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,51 +252,68 @@
         </w:rPr>
         <w:t xml:space="preserve"> статьи 75 Кодекса Республики Казахстан от 4 декабря 2008 года "Бюджетный кодекс Республики Казахстан", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2-7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 6 Закона Республики Казахстан от 23 января 2001 года "О местном государственном управлении и самоуправлении в Республике Казахстан", Казалинский районный маслихат Кызылординской области РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет сельского округа Сарыкол на 2025-2027 годы согласно приложениям </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -331,533 +348,532 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z40" w:id="2"/>
+    <w:bookmarkStart w:name="z57" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 105827 тысяч тенге, в том числе:</w:t>
+      1) доходы – 112079 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z41" w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z58" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 8627 тысяч тенге;</w:t>
+      налоговые поступления – 14856 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z42" w:id="4"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z59" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления – 182 тысяч тенге;</w:t>
+      неналоговые поступления – 205 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z43" w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z60" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступлениям от продажи основного капитала – 200 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z44" w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z61" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления трансфертов – 96818 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z45" w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z62" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 107410 тысяч тенге;</w:t>
+      2) затраты – 113662 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z46" w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z63" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z47" w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z64" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z48" w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z65" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z49" w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z66" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z50" w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z67" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z51" w:id="13"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z68" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z52" w:id="14"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z69" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета – -1583 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z53" w:id="15"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z70" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) финансирование дефицита (использование профицита) бюджета – 1583 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z54" w:id="16"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z71" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z55" w:id="17"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z72" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z56" w:id="18"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z73" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      используемые остатки бюджетных средств – 1583 тысяч тенге.</w:t>
+        <w:t xml:space="preserve">
+      используемые остатки бюджетных средств – 1583 тысяч тенге. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Казалинского районного маслихата Кызылординской области от 10.06.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Казалинского районного маслихата Кызылординской области от 07.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 435</w:t>
+        <w:t>№ 473</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Учесть:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) в районном бюджете на 2025 год предусмотрены целевые трансферты бюджету сельского округа Сарыкол за счет средств республиканского бюджета согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1061,106 +1077,108 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Казалинского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от "27" декабря 2024 года №372</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет на 2025 год сельского округа Сарыкол</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Казалинского районного маслихата Кызылординской области от 10.06.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Казалинского районного маслихата Кызылординской области от 07.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 435</w:t>
+        <w:t>№ 473</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -1198,70 +1216,68 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z31" w:id="23"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сумма, </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="23"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -1762,51 +1778,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-105827</w:t>
+112079</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1939,51 +1955,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8627</w:t>
+14856</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2116,51 +2132,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6001</w:t>
+10289</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2293,51 +2309,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6001</w:t>
+10289</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2470,51 +2486,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2607</w:t>
+4466</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2824,51 +2840,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14</w:t>
+16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3001,51 +3017,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2200</w:t>
+3963</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3178,51 +3194,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-273</w:t>
+367</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3355,51 +3371,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19</w:t>
+101</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3532,51 +3548,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3886,51 +3902,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-182</w:t>
+205</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4063,51 +4079,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100</w:t>
+123</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4240,51 +4256,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100</w:t>
+123</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6233,51 +6249,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-107410</w:t>
+113662</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6410,51 +6426,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49271</w:t>
+52598</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6591,51 +6607,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49271</w:t>
+52598</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6772,51 +6788,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47212</w:t>
+49689</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6949,405 +6965,405 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2059</w:t>
+2459</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-16189</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы подведомственных государственных учреждений и организаций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+450</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-2623</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19902</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7367,128 +7383,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Организация водоснабжения населенных пунктов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7512,377 +7528,377 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...148 lines deleted...]
-13566</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация водоснабжения населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2623</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-8824</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22714</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17279</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7943,123 +7959,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-546</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11419</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8120,477 +8136,477 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-4196</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+546</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-38311</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5314</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-38311</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38174</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8610,518 +8626,518 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-38311</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38174</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-3639</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38174</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-3639</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2988</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9141,50 +9157,227 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2988</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -9254,51 +9447,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3639</w:t>
+2988</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11305,68 +11498,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Казалинского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от "27" декабря 2024 года №372</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:bookmarkStart w:name="z33" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет на 2026 год сельского округа Сарыкол</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11404,70 +11597,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z34" w:id="25"/>
+          <w:bookmarkStart w:name="z34" w:id="24"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сумма, </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="25"/>
+          <w:bookmarkEnd w:id="24"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -20782,68 +20975,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Казалинского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от "27" декабря 2024 года №372</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z36" w:id="26"/>
+    <w:bookmarkStart w:name="z36" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет на 2027 год сельского округа Сарыкол</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -20881,70 +21074,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z37" w:id="27"/>
+          <w:bookmarkStart w:name="z37" w:id="26"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сумма, </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="27"/>
+          <w:bookmarkEnd w:id="26"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -30259,68 +30452,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Казалинского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от "27" декабря 2024 года №372</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z39" w:id="28"/>
+    <w:bookmarkStart w:name="z39" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Целевые трансферты бюджету сельского округа Сарыколь на 2025 год за счет средств республиканского бюджета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>