--- v0 (2025-11-11)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4ab3b9c" w14:textId="4ab3b9c">
+    <w:p w14:paraId="8941f5a" w14:textId="8941f5a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -364,71 +364,71 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z40" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 85633 тысяч тенге, в том числе:</w:t>
+      1) доходы – 88949 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z41" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 3879 тысяч тенге;</w:t>
+      налоговые поступления – 7195 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z42" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z43" w:id="4"/>
     <w:p>
@@ -464,51 +464,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления трансфертов – 81754 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z45" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 85633 тысяч тенге;</w:t>
+      2) затраты – 90884 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z46" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z47" w:id="8"/>
     <w:p>
@@ -604,71 +604,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z52" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – 0;</w:t>
+      5) дефицит (профицит) бюджета – -1935 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z53" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 0;</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 1935 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z54" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z55" w:id="16"/>
     <w:p>
@@ -684,90 +684,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z56" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств –0.</w:t>
+      используемые остатки бюджетных средств – 1935 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Казалинского районного маслихата Кызылординской области от 05.03.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Казалинского районного маслихата Кызылординской области от 07.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 398</w:t>
+        <w:t>№ 472</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1110,61 +1110,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет на 2025 год сельского округа Сарбулак</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Казалинского районного маслихата Кызылординской области от 05.03.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Казалинского районного маслихата Кызылординской области от 07.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 398</w:t>
+        <w:t>№ 472</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1776,51 +1776,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-85633</w:t>
+88949</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1953,51 +1953,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3879</w:t>
+7195</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2130,51 +2130,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2359</w:t>
+5459</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2307,51 +2307,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2359</w:t>
+5459</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2484,51 +2484,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1517</w:t>
+1733</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3015,51 +3015,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1492</w:t>
+1692</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3079,164 +3079,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3256,128 +3256,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Сборы за ведение предпринимательской и профессиональной деятельности</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3401,196 +3401,196 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-81754</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сборы за ведение предпринимательской и профессиональной деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3614,128 +3614,124 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Трансферты из вышестоящих органов государственного управления</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Поступления трансфертов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3831,400 +3827,462 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...44 lines deleted...]
-Трансферты из районного (города областного значения) бюджета</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 81754</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...64 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81754</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-Программа</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -4299,51 +4357,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование</w:t>
+Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -4387,326 +4445,268 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...99 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-40684</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90884</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4730,164 +4730,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-40684</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44326</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4911,341 +4907,345 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-40684</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44326</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-77</w:t>
-[...135 lines deleted...]
-16298</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41635</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5265,164 +5265,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-2704</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5483,304 +5483,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-014</w:t>
-[...71 lines deleted...]
-2704</w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы подведомственных государственных учреждений и организаций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1691</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22714</w:t>
-[...139 lines deleted...]
-13594</w:t>
+77</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17145</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5800,164 +5796,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-10778</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2704</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6018,477 +6014,481 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-332</w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация водоснабжения населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2704</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-2484</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22714</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14441</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-27249</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9932</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6508,164 +6508,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-27249</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+297</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6726,300 +6726,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-006</w:t>
-[...71 lines deleted...]
-27249</w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4212</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
-[...135 lines deleted...]
-1402</w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26799</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7152,51 +7152,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1402</w:t>
+26799</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7257,296 +7257,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-013</w:t>
-[...71 lines deleted...]
-1402</w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26799</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2614</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7566,160 +7570,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2614</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7771,128 +7779,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2614</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7985,51 +7997,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.Сальдо по операциям с финансовыми активами</w:t>
+3. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8158,51 +8170,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Приобретение финансовых активов</w:t>
+Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8331,51 +8343,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления от продажи финансовых активов государства</w:t>
+Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8504,51 +8516,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.Дефицит (профицит) бюджета</w:t>
+4.Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8677,51 +8689,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.Финансирование дефицита (использование профицита) бюджета</w:t>
+Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8745,160 +8757,156 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Используемые остатки бюджетных средств</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8954,164 +8962,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1935</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9163,50 +9167,577 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1935</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1935</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1935</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -9244,51 +9775,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+1935</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -26526,55 +27057,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>