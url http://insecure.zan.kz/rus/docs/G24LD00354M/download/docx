--- v0 (2025-11-09)
+++ v1 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c7a2e24" w14:textId="c7a2e24">
+    <w:p w14:paraId="4c31597" w14:textId="4c31597">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -348,436 +348,436 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="1"/>
+    <w:bookmarkStart w:name="z94" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 1205228 тысяч тенге, в том числе:</w:t>
+      1) доходы – 1274204,7 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z78" w:id="2"/>
+    <w:bookmarkStart w:name="z95" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 765661 тысяч тенге;</w:t>
+      налоговые поступления – 780318 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z79" w:id="3"/>
+    <w:bookmarkStart w:name="z96" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 11160 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z80" w:id="4"/>
+    <w:bookmarkStart w:name="z97" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 80550 тысяч тенге;</w:t>
+      поступления от продажи основного капитала – 66893 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z81" w:id="5"/>
+    <w:bookmarkStart w:name="z98" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 347857 тысяч тенге;</w:t>
+      поступления трансфертов – 415833,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z82" w:id="6"/>
+    <w:bookmarkStart w:name="z99" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 1266241 тысяч тенге, в том числе;</w:t>
+      2) затраты – 1335217,7 тысяч тенге, в том числе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z83" w:id="7"/>
+    <w:bookmarkStart w:name="z100" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z84" w:id="8"/>
+    <w:bookmarkStart w:name="z101" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z85" w:id="9"/>
+    <w:bookmarkStart w:name="z102" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z86" w:id="10"/>
+    <w:bookmarkStart w:name="z103" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z87" w:id="11"/>
+    <w:bookmarkStart w:name="z104" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z88" w:id="12"/>
+    <w:bookmarkStart w:name="z105" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z89" w:id="13"/>
+    <w:bookmarkStart w:name="z106" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета – -61013 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z90" w:id="14"/>
+    <w:bookmarkStart w:name="z107" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) финансирование дефицита (использование профицита) бюджета – 61013 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z91" w:id="15"/>
+    <w:bookmarkStart w:name="z108" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z92" w:id="16"/>
+    <w:bookmarkStart w:name="z109" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z93" w:id="17"/>
+    <w:bookmarkStart w:name="z110" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       используемые остатки бюджетных средств – 61013 тысяч тенге. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Казалинского районного маслихата Кызылординской области от 07.10.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Казалинского районного маслихата Кызылординской области от 12.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 455</w:t>
+        <w:t>№ 490</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025). </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1150,61 +1150,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет на 2025 год поселка Айтеке би</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Казалинского районного маслихата Кызылординской области от 07.10.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Казалинского районного маслихата Кызылординской области от 12.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 455</w:t>
+        <w:t>№ 490</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1816,51 +1816,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1205228</w:t>
+1274204,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1993,51 +1993,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-765661</w:t>
+780318</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2170,51 +2170,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-605631</w:t>
+620288</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2347,51 +2347,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-605631</w:t>
+620288</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2878,51 +2878,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7300</w:t>
+6833</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3055,51 +3055,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-140830</w:t>
+141297</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3940,51 +3940,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5660</w:t>
+3920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4117,51 +4117,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5660</w:t>
+3920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4294,51 +4294,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2500</w:t>
+2948</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4471,51 +4471,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2500</w:t>
+2948</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4648,51 +4648,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3000</w:t>
+4292</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4825,51 +4825,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3000</w:t>
+4292</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5002,51 +5002,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-80550</w:t>
+66893</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5179,51 +5179,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-80550</w:t>
+66893</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5356,51 +5356,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-72450</w:t>
+61000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5533,51 +5533,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8100</w:t>
+5893</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5710,51 +5710,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-347857</w:t>
+415833,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5891,51 +5891,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-347857</w:t>
+415833,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6076,51 +6076,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-347857</w:t>
+415833,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6680,51 +6680,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1266241</w:t>
+1335217,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6857,51 +6857,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-269353</w:t>
+283941</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7038,51 +7038,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-269353</w:t>
+283941</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7219,51 +7219,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-238288</w:t>
+249389</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7396,51 +7396,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28483</w:t>
+33641</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7573,51 +7573,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2582</w:t>
+911</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7750,51 +7750,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-821145</w:t>
+868615,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7931,51 +7931,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-821145</w:t>
+868615,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8108,51 +8108,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-207318</w:t>
+221106,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8285,51 +8285,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81385</w:t>
+83321</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8462,51 +8462,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-532442</w:t>
+564187,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8639,51 +8639,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-91232</w:t>
+95391</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8816,51 +8816,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-91232</w:t>
+95391</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8993,51 +8993,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-91232</w:t>
+95391</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9170,51 +9170,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-82298</w:t>
+85057,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9347,51 +9347,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-82298</w:t>
+85057,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9524,51 +9524,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-80298</w:t>
+76986</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9701,51 +9701,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2000</w:t>
+8071,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -31606,71 +31606,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Целевые трансферты из районного бюджета на 2025 год бюджету поселка Айтеке би за счет средств районного бюджета</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 5 – в редакции решения Казалинского районного маслихата Кызылординской области от 07.10.2025 </w:t>
+      Сноска. Приложение 5 – в редакции решения Казалинского районного маслихата Кызылординской области от 12.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 455</w:t>
+        <w:t>№ 490</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -31866,51 +31866,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-208 819</w:t>
+276795,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -33901,50 +33901,1745 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дополнительно на незапланированное обучение персонала акима в Кызылорде и на командировку акима в Астану.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дополнительно на подготовку документации по объектам, отраженным в балансе села Айтеке Би.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 154</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+На приобретение хозяйственных предметов в целях благоустройства территории поселка Айтеке би</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проведение мероприятий в рамках экологической акции "Чистый Казахстан" (приобретение необходимых рамок для награждения и т.д.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 659</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+На оплату электроэнергии уличного освещения поселка Айтеке би (на сентябрь-ноябрь месяцы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 032,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Работы по установке трещин на подъездной автодороге к поселку Айтеке би</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 000,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дополнительно к работам по очистке окраин поселка Айтеке би от золоотвала и захоронению открытых карьеров</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+На дополнительной надбавке работникам и работникам Казалинского районного учреждения благоустройства 10 штатных фондов оплаты труда на 3 месяца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 834</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Работы по украшению улиц поселка Айтеке Би к новогоднему празднику и установка арки на центральной площади, оформление новогодней елки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 790</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поселок Айтеке би на приобретение дополнительных товаров к работам по оформлению улиц поселка в честь праздника "Новый год"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 804,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+На работы по оформлению объектов на балансе лентами ночного освещения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+На обеспечение смарт блезирования граждан, состоящих на учете в службе пробации на территории района</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+На приобретение ковролина в актовый зал здания администрации поселка Айтеке би</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 199</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+На работы по разработке сметной документации и проведению государственной экспертизы проекта "Капитальный ремонт автомобильных дорог по улице 7 поселка Айтеке би" на 2026 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 545,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+На работы по разработке сметной документации и проведению государственной экспертизы проекта "средний ремонт автомобильных дорог по улице 7 поселка Айтеке би" на 2026 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 526</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -33976,55 +35671,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>