--- v0 (2025-11-10)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ea00020" w14:textId="ea00020">
+    <w:p w14:paraId="29ee0a3" w14:textId="29ee0a3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -348,426 +348,426 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="1"/>
+    <w:bookmarkStart w:name="z68" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 100 910 тысяч тенге, в том числе:</w:t>
+      1) доходы – 106 095 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z52" w:id="2"/>
+    <w:bookmarkStart w:name="z69" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 12 130 тысяч тенге;</w:t>
+      налоговые поступления – 12 897 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z53" w:id="3"/>
+    <w:bookmarkStart w:name="z70" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z54" w:id="4"/>
+    <w:bookmarkStart w:name="z71" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 100 тысяч тенге;</w:t>
+      поступления от продажи основного капитала – 50 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z55" w:id="5"/>
+    <w:bookmarkStart w:name="z72" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 88 780 тысяч тенге;</w:t>
+      поступления трансфертов – 93 148 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z56" w:id="6"/>
+    <w:bookmarkStart w:name="z73" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 102 203 тысяч тенге;</w:t>
+      2) затраты – 107 388 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z57" w:id="7"/>
+    <w:bookmarkStart w:name="z74" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z58" w:id="8"/>
+    <w:bookmarkStart w:name="z75" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z59" w:id="9"/>
+    <w:bookmarkStart w:name="z76" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов– 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z60" w:id="10"/>
+    <w:bookmarkStart w:name="z77" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z61" w:id="11"/>
+    <w:bookmarkStart w:name="z78" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z62" w:id="12"/>
+    <w:bookmarkStart w:name="z79" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z63" w:id="13"/>
+    <w:bookmarkStart w:name="z80" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – 1 293,0 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – -1 293,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z64" w:id="14"/>
+    <w:bookmarkStart w:name="z81" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) финансирование дефицита (использование профицита) бюджета – 1 293,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z65" w:id="15"/>
+    <w:bookmarkStart w:name="z82" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления займов – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z66" w:id="16"/>
+    <w:bookmarkStart w:name="z83" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z67" w:id="17"/>
+    <w:bookmarkStart w:name="z84" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      используемые остатки бюджетных средств – 0.</w:t>
+        <w:t xml:space="preserve">
+      используемые остатки бюджетных средств – 1 293,0 тысяч тенге </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Аральского районного маслихата Кызылординской области от 23.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Аральского районного маслихата Кызылординской области от 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 406</w:t>
+        <w:t>№ 453</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1121,110 +1121,94 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 334 от "27" декабря 2024 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет сельского округа Камыстыбас на 2025 год</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Аральского районного маслихата Кызылординской области от 23.07.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Аральского районного маслихата Кызылординской области от 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 406</w:t>
+        <w:t>№ 453</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1274,70 +1258,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Категория </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z32" w:id="19"/>
+          <w:bookmarkStart w:name="z32" w:id="20"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма на</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="19"/>
+          <w:bookmarkEnd w:id="20"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2025 год</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -2041,51 +2025,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100 910</w:t>
+106 095</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2218,51 +2202,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12 130</w:t>
+12 897</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2395,51 +2379,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 500</w:t>
+7 245</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2572,51 +2556,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 500</w:t>
+7 245</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2749,51 +2733,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 430</w:t>
+5 508</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2926,51 +2910,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-80</w:t>
+113</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3457,51 +3441,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-95</w:t>
+140</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3634,51 +3618,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100</w:t>
+144</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3811,51 +3795,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-80</w:t>
+124</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4165,51 +4149,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100</w:t>
+50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4342,51 +4326,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100</w:t>
+50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4519,51 +4503,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100</w:t>
+50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4696,51 +4680,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-88 780</w:t>
+93 148</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4873,51 +4857,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-88 780</w:t>
+93 148</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5050,51 +5034,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-88 780</w:t>
+93 148</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5114,70 +5098,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z33" w:id="20"/>
+          <w:bookmarkStart w:name="z33" w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сумма на </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="20"/>
+          <w:bookmarkEnd w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -5706,51 +5690,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-102 203</w:t>
+107 388</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5883,51 +5867,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45 129</w:t>
+51 478</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6060,51 +6044,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45 129</w:t>
+50 178</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6237,405 +6221,405 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45 129</w:t>
+50 178</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-2 022</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные затраты государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-2 022</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 428</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6655,164 +6639,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-1 513</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 428</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6873,477 +6857,477 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-509</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-47 272</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+380</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-47 272</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47 689,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7363,518 +7347,518 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-47 272</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47 689,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-7 780</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47 689,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-7 780</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Другие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 792,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7894,164 +7878,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-7 780</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 792,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8103,128 +8087,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+040</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реализация мероприятий по решению обустройства сельских населенных пунктов на реализацию мер по содействию экономическому развитию регионов в рамках государственной программы развития регионов до 2025 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 792,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8317,51 +8305,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджетные кредиты</w:t>
+3.Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8385,160 +8373,156 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Погашение бюджетных кредитов</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8562,156 +8546,160 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-4. Сальдо по операциям с финансовыми активами</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8840,51 +8828,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Приобретение финансовых активов</w:t>
+4. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9013,51 +9001,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5. Дефицит (профицит) бюджета</w:t>
+Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9186,87 +9174,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6. Финансирование дефицита (использование профицита) бюджета</w:t>
-[...35 lines deleted...]
-0</w:t>
+5. Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1 293,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9359,87 +9347,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступление займов</w:t>
-[...35 lines deleted...]
-0</w:t>
+6. Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 293,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9531,52 +9519,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Погашение займов </w:t>
+              <w:t>
+Поступление займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9600,227 +9588,400 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-1 293,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Погашение займов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 293,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -9922,51 +10083,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 293,4</w:t>
+1 293,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10693,68 +10854,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 334 от "27" декабря 2024 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z38" w:id="21"/>
+    <w:bookmarkStart w:name="z38" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет сельского округа Камыстыбас на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10792,70 +10953,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Категория </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z39" w:id="22"/>
+          <w:bookmarkStart w:name="z39" w:id="23"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сумма на </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="22"/>
+          <w:bookmarkEnd w:id="23"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -14642,70 +14803,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z41" w:id="23"/>
+          <w:bookmarkStart w:name="z41" w:id="24"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сумма на </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="23"/>
+          <w:bookmarkEnd w:id="24"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -18438,68 +18599,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 334 от "27" декабря 2024 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z46" w:id="24"/>
+    <w:bookmarkStart w:name="z46" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет сельского округа Камыстыбас на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -18537,70 +18698,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Категория </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z47" w:id="25"/>
+          <w:bookmarkStart w:name="z47" w:id="26"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сумма на </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="25"/>
+          <w:bookmarkEnd w:id="26"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -22387,70 +22548,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z49" w:id="26"/>
+          <w:bookmarkStart w:name="z49" w:id="27"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сумма на </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="26"/>
+          <w:bookmarkEnd w:id="27"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -26040,55 +26201,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>