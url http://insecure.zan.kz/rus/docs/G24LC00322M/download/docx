--- v0 (2025-12-14)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="16bac89" w14:textId="16bac89">
+    <w:p w14:paraId="1e2d019" w14:textId="1e2d019">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,67 +252,84 @@
         </w:rPr>
         <w:t xml:space="preserve"> статьи 75 Кодекса Республики Казахстан "Бюджетный кодекс Республики Казахстан", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2-7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 6 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан" Аральский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить бюджет сельского округа Аккум на 2025 - 2027 годы согласно приложениям </w:t>
+      1. Утвердить бюджет сельского округа Аккум на 2025-2027 годы согласно приложениям </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -331,473 +348,472 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z42" w:id="2"/>
+    <w:bookmarkStart w:name="z59" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 104 559 тысяч тенге, в том числе:</w:t>
+      1) доходы – 105 173 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z43" w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z60" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 11 412 тысяч тенге;</w:t>
+      налоговые поступления – 11 327 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z44" w:id="4"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z61" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z45" w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z62" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 573 тысяч тенге;</w:t>
+      поступления от продажи основного капитала – 658 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z46" w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z63" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 92 574 тысяч тенге;</w:t>
+      поступления трансфертов – 93 188 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z47" w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z64" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 105 749 тысяч тенге;</w:t>
+      2) затраты – 106 363 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z48" w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z65" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z49" w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z66" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z50" w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z67" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов– 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z51" w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z68" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z52" w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z69" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z53" w:id="13"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z70" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z54" w:id="14"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z71" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета – -1 190 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z55" w:id="15"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z72" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) финансирование дефицита (использование профицита) бюджета – 1 190,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z56" w:id="16"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z73" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z57" w:id="17"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z74" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z58" w:id="18"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z75" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      используемые остатки бюджетных средств – 1 190 тысяч тенге.</w:t>
+        <w:t xml:space="preserve">
+      используемые остатки бюджетных средств – 1 190 тысяч тенге. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решенияАральского районного маслихата Кызылординской области от 23.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Аральского районного маслихата Кызылординской области от 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 401</w:t>
+        <w:t>№ 441</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Настоящее решение вводится в действие с 1 января 2025 года и подлежит официальному опубликованию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -892,50 +908,68 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Б. Турахметов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -969,126 +1003,142 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приложение 1 к решению </w:t>
+              <w:t>Арал аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Аральского районного маслихата</w:t>
+              <w:t>2024 жылғы "27" желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> от "27" декабря 2024 года № 322</w:t>
+              <w:t>№ 322 шешіміне 1- қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бюджет сельского округа Аккум 2025 год</w:t>
+        <w:t xml:space="preserve"> Аққұм ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решенияАральского районного маслихата Кызылординской области от 23.07.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Аральского районного маслихата Кызылординской области от 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 401</w:t>
+        <w:t>№ 441</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1116,126 +1166,124 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Категория </w:t>
+Санаты </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z31" w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Сумма на </w:t>
-[...36 lines deleted...]
-тысяч тенге</w:t>
+2025 жыл сомасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1264,52 +1312,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Класс</w:t>
+              <w:t xml:space="preserve">
+Сыныбы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -1384,51 +1432,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Подкласс</w:t>
+Ішкі сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -1533,52 +1581,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Наименование</w:t>
+              <w:t xml:space="preserve">
+Атауы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -1869,87 +1917,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. Доходы</w:t>
-[...35 lines deleted...]
-104 559</w:t>
+1. Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+105 173</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2046,87 +2094,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Налоговые поступления</w:t>
-[...35 lines deleted...]
-11 412</w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 327</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2223,51 +2271,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Подоходный налог</w:t>
+Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2400,51 +2448,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Индивидуальный подоходный налог</w:t>
+Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2577,51 +2625,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Hалоги на собственность</w:t>
+Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2754,51 +2802,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Hалоги на имущество</w:t>
+Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2931,87 +2979,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Земельный налог</w:t>
-[...35 lines deleted...]
-36</w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3108,51 +3156,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Налог на транспортные средства</w:t>
+Көлік құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3285,87 +3333,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Единый земельный налог</w:t>
-[...35 lines deleted...]
-390</w:t>
+Бірыңғай жер салығы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+321</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3462,51 +3510,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Внутренние налоги на товары, работы и услуги</w:t>
+Тауарларға, жұмыстарға және қызметтерге салынатын ішкі салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3639,51 +3687,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления за использование природных и других ресурсов</w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3816,51 +3864,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сборы за ведение предпринимательской и профессиональной деятельности</w:t>
+Кәсiпкерлiк және кәсiби қызметтi жүргiзгенi үшiн алынатын алымдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3893,187 +3941,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-03</w:t>
-[...135 lines deleted...]
-573</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+658</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4170,87 +4218,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Продажа государственного имущества, закрепленного за государственными учреждениями</w:t>
-[...35 lines deleted...]
-500</w:t>
+Мемлекеттік мекемелерге бекітілген мемлекеттік мүлікті сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+541</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4347,87 +4395,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Продажа государственного имущества, закрепленного за государственными учреждениями</w:t>
-[...35 lines deleted...]
-500</w:t>
+Мемлекеттік мекемелерге бекітілген мемлекеттік мүлікті сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+541</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4524,87 +4572,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Продажа земли и нематериальных активов</w:t>
-[...35 lines deleted...]
-73</w:t>
+Жерді және материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+117</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4701,87 +4749,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Продажа земли</w:t>
-[...35 lines deleted...]
-73</w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+117</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4878,87 +4926,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления трансфертов</w:t>
-[...35 lines deleted...]
-92 574</w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+93 188</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5055,87 +5103,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферты из вышестоящих органов государственного управления</w:t>
-[...35 lines deleted...]
-92 574</w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+93 188</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5231,185 +5279,167 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-92 574</w:t>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+93 188</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Функциональная группа</w:t>
+Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-2025 год</w:t>
+              <w:t>
+2025 жыл сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5439,51 +5469,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Администратор бюджетных программ</w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -5557,52 +5587,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Программа</w:t>
+              <w:t xml:space="preserve">
+Бағдарлама </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -5707,52 +5737,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Наименование</w:t>
+              <w:t xml:space="preserve">
+Атауы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -5858,87 +5888,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. Расходы</w:t>
-[...35 lines deleted...]
-105 749</w:t>
+2. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+106 363</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6035,87 +6065,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Государственные услуги общего характера</w:t>
-[...35 lines deleted...]
-45 960,0</w:t>
+Жалпы сипаттағы мемлекеттік қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 574</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6212,87 +6242,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
-[...35 lines deleted...]
-45 960,0</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 574</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6389,87 +6419,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
-[...35 lines deleted...]
-45 960,0</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 574</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6566,51 +6596,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жилищно-коммунальное хозяйство</w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6743,51 +6773,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6920,51 +6950,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Освещение улиц населенных пунктов</w:t>
+Елде мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7097,51 +7127,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Обеспечение санитарии населенных пунктов</w:t>
+Елдi мекендердiң санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7274,51 +7304,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Культура, спорт, туризм и информационное пространство</w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7451,51 +7481,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7628,51 +7658,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поддержка культурно-досуговой работы на местном уровне</w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7805,51 +7835,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Транспорт и связь</w:t>
+Көлік және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7982,51 +8012,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8123,87 +8153,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-013</w:t>
-[...35 lines deleted...]
-Обеспечение функционирования автомобильных дорог в городах районного значения, поселках, шахтах и сельских округах.</w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8332,51 +8362,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.Чистое бюджетное кредитование</w:t>
+3. Таза бюджеттік кредит беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8505,51 +8535,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджетные кредиты</w:t>
+Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8682,51 +8712,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Погашение бюджетных кредитов</w:t>
+Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8855,51 +8885,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. Сальдо по операциям с финансовыми активами</w:t>
+4. Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9028,51 +9058,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Приобретение финансовых активов</w:t>
+Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9201,51 +9231,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5. Дефицит (профицит) бюджета</w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9374,51 +9404,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6. Финансирование дефицита (использование профицита) бюджета</w:t>
+6. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9547,51 +9577,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступление займов</w:t>
+Қарыздар түсімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9719,52 +9749,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Погашение займов </w:t>
+              <w:t>
+Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9897,51 +9927,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Используемые остатки бюджетных средств</w:t>
+Бюджет қаражаты қалдықтарының қозғалысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10074,51 +10104,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Свободные остатки бюджетных средств</w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10251,51 +10281,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Свободные остатки бюджетных средств</w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10428,51 +10458,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Остатки бюджетных средств на конец отчетного периода</w:t>
+Есепті кезең соңындағы бюджет қаражатының қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10605,51 +10635,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Остатки бюджетных средств на конец отчетного периода</w:t>
+Есепті кезеңінің соңындағы бюджет қаражатының қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10777,65 +10807,9082 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Аральского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> от "27" декабря 2024 года № 322</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="22"/>
+    <w:bookmarkStart w:name="z33" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет сельского округа Аккум на 2026 год</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z34" w:id="20"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Сумма на </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="20"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2026 год</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+101 124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 239</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 420</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 420</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 766</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+140</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+390</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сборы за ведение предпринимательской и профессиональной деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+92 385</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+92 385</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Трансферты из бюджета района (города областного значения) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+92 385</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z36" w:id="21"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Сумма на </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="21"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2026 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Расходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+101 124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 933</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 933</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 933</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 381</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 381</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 552</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+829</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54 810</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54 810</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54 810</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Погашение займов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств на конец отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств на конец отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3 к решению</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аральского районного маслихата</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от "27" декабря 2024 года № 322</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z38" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бюджет сельского округа Аккум на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -10876,96 +19923,96 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Категория </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z34" w:id="23"/>
+          <w:bookmarkStart w:name="z39" w:id="23"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сумма на </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="23"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2026 год</w:t>
+              <w:t>2027 год</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -14726,9087 +23773,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z36" w:id="24"/>
+          <w:bookmarkStart w:name="z41" w:id="24"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сумма на </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="24"/>
-          <w:p>
-[...9015 lines deleted...]
-          <w:bookmarkEnd w:id="27"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2027 год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -28772,55 +28802,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>