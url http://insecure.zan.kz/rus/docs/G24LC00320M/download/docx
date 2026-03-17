--- v0 (2025-11-13)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b62c641" w14:textId="b62c641">
+    <w:p w14:paraId="42bd1fa" w14:textId="42bd1fa">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"О бюджете сельского округа Акирек на 2025-2027 годы"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Решение Аральского районного маслихата Кызылординской области от 27 декабря 2024 года № 320</w:t>
+        <w:t>Решение Аральского районного маслихата Кызылординской области от 27 декабря 2024 года № 320.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -252,51 +252,68 @@
         </w:rPr>
         <w:t xml:space="preserve"> статьи 75 Кодекса Республики Казахстан "Бюджетный кодекс Республики Казахстан", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2-7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 6 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республики Казахстан" Аральский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет сельского округа Акирек на 2025-2027 годы согласно приложениям </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -308,454 +325,515 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:bookmarkStart w:name="z44" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1)доходы – 69 605 тысяч тенге;</w:t>
+      1)доходы – 71 596 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z45" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления –1 541 тысяч тенге;</w:t>
+      налоговые поступления – 1 541 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z46" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 250 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z47" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 67 814 тысячтенге;</w:t>
+      поступления трансфертов – 69 805 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z48" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 69 605 тысяч тенге;</w:t>
+      2) затраты – 71 596 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z49" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) чистое бюджетное кредитование –0;</w:t>
+      3) чистое бюджетное кредитование – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z50" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджетные кредиты –0;</w:t>
+      бюджетные кредиты – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z51" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z52" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      приобретение финансовых активов –0;</w:t>
+      4) сальдо по операциям с финансовыми активами – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z53" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи финансовых активов государства -0;</w:t>
+      приобретение финансовых активов – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z54" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета–0;</w:t>
+      поступления от продажи финансовых активов государства – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z55" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита)– 0;</w:t>
+      5) дефицит (профицит)бюджета – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z56" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      поступления займов – 0; </w:t>
+        <w:t>
+      6) финансирование дефицита (использование профицита) – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z57" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      поступления займов – 0;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z58" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z59" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 0.".</w:t>
+      используемые остатки бюджетных средств – 0</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Аральского районного маслихата Кызылординской области от 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Утвердить перечень бюджетных программ, не подлежащих секвестру в процессе исполнения бюджета сельского округа Акирек на 2025 год согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложения 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее решение вводится в действие с 1 января 2025 года и подлежит официальному опубликованию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -959,68 +1037,10021 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Аральского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> от "27" декабря 2024 года № 320</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет сельского округа Акирек на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 – в редакции решения Аральского районного маслихата Кызылординской области от 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z31" w:id="20"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Сумма на </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="20"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2025 год</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+71596</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1541</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+427</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+427</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1105</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+77</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+877</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+146</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сборы за ведение предпринимательской и профессиональной деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+250</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы от государственной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+250</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы от аренды имущества, находящегося в государственной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+250</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69805</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69805</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Трансферты из бюджета района (города областного значения) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69805</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Сумма на </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2025 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Расходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+71596</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44173</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44173</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44173</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Здравоохранение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+118</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+118</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация в экстренных случаях доставки тяжелобольных людей до ближайшей организации здравоохранения, оказывающей врачебную помощь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+118</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1157</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1157</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+866</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+291</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22293</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22293</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22293</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Другие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3855</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3855</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+040</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реализация мероприятий по решению обустройства сельских населенных пунктов на реализацию мер по содействию экономическому развитию регионов в рамках государственной программы развития регионов до 2025 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3855</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Погашение займов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств на конец отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств на конец отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2 к решению</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аральского районного маслихата</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от "27" декабря 2024 года № 320</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z33" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бюджет сельского округа Акирек на 2026 год</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1141,86 +11172,86 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Категория </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z30" w:id="21"/>
+          <w:bookmarkStart w:name="z35" w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сумма на </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="21"/>
-[...15 lines deleted...]
-2025 год</w:t>
+          <w:bookmarkEnd w:id="22"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2026 год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1890,51 +11921,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-69605</w:t>
+67194</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4545,51 +14576,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-67814</w:t>
+65403</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4722,51 +14753,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-67814</w:t>
+65403</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4899,51 +14930,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-67814</w:t>
+65403</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4963,86 +14994,86 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z31" w:id="22"/>
+          <w:bookmarkStart w:name="z36" w:id="23"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сумма на </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="22"/>
-[...15 lines deleted...]
-2025 год</w:t>
+          <w:bookmarkEnd w:id="23"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2026 год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5527,51 +15558,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-69605</w:t>
+67194</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5704,51 +15735,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43721</w:t>
+43651</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5881,51 +15912,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43721</w:t>
+43651</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6058,51 +16089,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43721</w:t>
+43651</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7474,51 +17505,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22293</w:t>
+22268</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7651,51 +17682,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22293</w:t>
+22268</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7828,582 +17859,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22293</w:t>
-[...530 lines deleted...]
-2316</w:t>
+22268</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10888,100 +20388,100 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2 к решению</w:t>
+              <w:t xml:space="preserve">Приложение 3 к решению </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Аральского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от "27" декабря 2024 года № 320</w:t>
+              <w:t xml:space="preserve"> от "27" декабря 2024 года № 320</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="23"/>
+    <w:bookmarkStart w:name="z38" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бюджет сельского округа Акирек на 2026 год</w:t>
+        <w:t xml:space="preserve"> Бюджет сельского округа Акирек на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11102,86 +20602,86 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Категория </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z35" w:id="24"/>
+          <w:bookmarkStart w:name="z40" w:id="25"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сумма на </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="24"/>
-[...15 lines deleted...]
-2026 год</w:t>
+          <w:bookmarkEnd w:id="25"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2027 год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14924,86 +24424,86 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z36" w:id="25"/>
+          <w:bookmarkStart w:name="z41" w:id="26"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сумма на </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="25"/>
-[...15 lines deleted...]
-2026 год</w:t>
+          <w:bookmarkEnd w:id="26"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2027 год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20318,9530 +29818,100 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приложение 3 к решению </w:t>
+              <w:t>Приложение 4 к решению</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Аральского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> от "27" декабря 2024 года № 320</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z38" w:id="26"/>
-[...9429 lines deleted...]
-    <w:bookmarkStart w:name="z43" w:id="29"/>
+    <w:bookmarkStart w:name="z43" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень бюджетных программ, не подлежащих секвестру в процессе исполнения бюджета сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>