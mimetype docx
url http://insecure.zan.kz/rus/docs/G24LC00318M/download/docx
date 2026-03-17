--- v0 (2025-11-10)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="711be92" w14:textId="711be92">
+    <w:p w14:paraId="be11ca8" w14:textId="be11ca8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,67 +252,84 @@
         </w:rPr>
         <w:t xml:space="preserve"> статьи 75 Кодекса Республики Казахстан "Бюджетный кодекс Республики Казахстан", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2-7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 6 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан" Аральский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить бюджет поселка Жаксыкылыш на 2025-2027 годы согласно приложениям </w:t>
+      1.  Утвердить бюджет поселка Жаксыкылыш на 2025-2027 годы согласно приложениям </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -331,473 +348,472 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z39" w:id="2"/>
+    <w:bookmarkStart w:name="z39" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1)доходы – 91 975 тысяч тенге;</w:t>
+      1)доходы – 90 787 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z40" w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z40" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 29 999 тысяч тенге;</w:t>
+      налоговые поступления – 31 164 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z41" w:id="4"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z41" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления – 0;</w:t>
+      неналоговые поступления – 60 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z42" w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z42" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 1050 тысяч тенге;</w:t>
+      поступления от продажи основного капитала – 1 050 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z43" w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z43" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 60 926 тысяч тенге;</w:t>
+      поступления трансфертов – 58 513 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z44" w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z44" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 96 207 тысяч тенге;</w:t>
+      2) затраты – 95 019 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z45" w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z45" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z46" w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z46" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z47" w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z47" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z48" w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z48" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z49" w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z49" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z50" w:id="13"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z50" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z51" w:id="14"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z51" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета – - 4 232 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z52" w:id="15"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z52" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) – 4 232 тысяч тенге;</w:t>
+      6)финансирование дефицита (использование профицита) – 4 232 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z53" w:id="16"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z53" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления займов – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z54" w:id="17"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z54" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z55" w:id="18"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z55" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       используемые остатки бюджетных средств – 4 232 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Аральского районного маслихата Кызылординской области от 23.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Аральского районного маслихата Кызылординской области от 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 399</w:t>
+        <w:t>№ 437</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Настоящее решение вводится в действие с 1 января 2025 года и подлежит официальному опубликованию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1001,94 +1017,94 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Аральского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> от "27" декабря 2024 года № 318</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z25" w:id="20"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет поселка Жаксыкылыш на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Аральского районного маслихата Кызылординской области от 23.07.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Аральского районного маслихата Кызылординской области от 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 399</w:t>
+        <w:t>№ 437</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1903,51 +1919,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-91 975</w:t>
+90 787</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2080,51 +2096,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 999</w:t>
+31 164</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2257,51 +2273,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17 578</w:t>
+18 186</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2434,51 +2450,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17 578</w:t>
+18 186</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2611,51 +2627,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11 605</w:t>
+12 196</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2788,51 +2804,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-150</w:t>
+146</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2965,51 +2981,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-818</w:t>
+1 180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3142,51 +3158,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10 355</w:t>
+10 289</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3319,51 +3335,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-282</w:t>
+581</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3496,51 +3512,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-816</w:t>
+782</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3673,51 +3689,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-786</w:t>
+746</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3850,51 +3866,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30</w:t>
+36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4027,51 +4043,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 050</w:t>
+60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4204,51 +4220,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 1 050</w:t>
+60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4381,51 +4397,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 050</w:t>
+60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4558,51 +4574,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60 926</w:t>
+1 050</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4735,51 +4751,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60 926</w:t>
+ 1 050</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4912,51 +4928,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60 926</w:t>
+1 050</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5089,51 +5105,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59 798</w:t>
+58 513</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5266,51 +5282,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59 798</w:t>
+58 513</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5443,51 +5459,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59 798</w:t>
+58 513</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6089,51 +6105,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-96 207</w:t>
+95 019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6266,51 +6282,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59 047</w:t>
+63 398</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6443,51 +6459,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59 047</w:t>
+63 398</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6620,51 +6636,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58 847</w:t>
+62 208</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6797,51 +6813,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200</w:t>
+1 190</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6974,51 +6990,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21 265,9</w:t>
+15 726,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7151,51 +7167,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21 265,9</w:t>
+15 726,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7328,51 +7344,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14 116</w:t>
+9 866</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7505,51 +7521,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 244,9</w:t>
+2 992,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7682,51 +7698,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 905</w:t>
+2 868</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10795,68 +10811,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Аральского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> от "27" декабря 2024 года № 318</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:bookmarkStart w:name="z30" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет поселка Жаксыкылыш на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10894,70 +10910,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Категория </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z31" w:id="22"/>
+          <w:bookmarkStart w:name="z31" w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сумма на </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="22"/>
+          <w:bookmarkEnd w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -14390,70 +14406,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z33" w:id="23"/>
+          <w:bookmarkStart w:name="z33" w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сумма на </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="23"/>
+          <w:bookmarkEnd w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2026 год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -17700,68 +17716,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Аральского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от "27" декабря 2024 года № 318</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z35" w:id="24"/>
+    <w:bookmarkStart w:name="z35" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет поселка Жаксыкылыш на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -17799,70 +17815,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Категория </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z36" w:id="25"/>
+          <w:bookmarkStart w:name="z36" w:id="24"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сумма на </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="25"/>
+          <w:bookmarkEnd w:id="24"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -21295,70 +21311,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z38" w:id="26"/>
+          <w:bookmarkStart w:name="z38" w:id="25"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сумма на </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="26"/>
+          <w:bookmarkEnd w:id="25"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2027 год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -24566,55 +24582,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>