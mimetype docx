--- v0 (2025-10-19)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9bedf4a" w14:textId="9bedf4a">
+    <w:p w14:paraId="cfcd628" w14:textId="cfcd628">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -348,367 +348,367 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, в том числе на 2025 год в следующем объеме:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="1"/>
+    <w:bookmarkStart w:name="z67" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) Доходы – 428 437,0 тысяч тенге, в том числе:</w:t>
+      1) Доходы – 470 728,9 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z52" w:id="2"/>
+    <w:bookmarkStart w:name="z68" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления – 9 070,0 тысяч теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z53" w:id="3"/>
+    <w:bookmarkStart w:name="z69" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       не налоговые поступление – 164,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z54" w:id="4"/>
+    <w:bookmarkStart w:name="z70" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления трансфертов – 419 203,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z55" w:id="5"/>
+    <w:bookmarkStart w:name="z71" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) расходы – 431 593,7 тысяч тенге;</w:t>
+      2) расходы – 473 885,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z56" w:id="6"/>
+    <w:bookmarkStart w:name="z72" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z57" w:id="7"/>
+    <w:bookmarkStart w:name="z73" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z58" w:id="8"/>
+    <w:bookmarkStart w:name="z74" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z59" w:id="9"/>
+    <w:bookmarkStart w:name="z75" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z60" w:id="10"/>
+    <w:bookmarkStart w:name="z76" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z61" w:id="11"/>
+    <w:bookmarkStart w:name="z77" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z62" w:id="12"/>
+    <w:bookmarkStart w:name="z78" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета) – - 3156,7 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета) – - 3 156,7тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z63" w:id="13"/>
+    <w:bookmarkStart w:name="z79" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 3156,7 тысяч теңге;</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 3 156,7 тысяч теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z64" w:id="14"/>
+    <w:bookmarkStart w:name="z80" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z65" w:id="15"/>
+    <w:bookmarkStart w:name="z81" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z66" w:id="16"/>
+    <w:bookmarkStart w:name="z82" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      используемые остатки бюджетных средств – 3156,7 тысяч тенге. </w:t>
+      используемые остатки бюджетных средств – 3 156,7 тысяч тенге. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
@@ -743,101 +743,81 @@
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>я</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Кызылординского городского маслихата от </w:t>
+        <w:t>Кызылординского городского маслихата от 29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...19 lines deleted...]
-        <w:t>.06.</w:t>
+        <w:t>.09.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 277-39/3</w:t>
+        <w:t>№ 298-42/4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1267,61 +1247,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет сельского округа Акжарма на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Кызылординского городского маслихата от 04.06.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Кызылординского городского маслихата от 29.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 277-39/3</w:t>
+        <w:t>№ 298-42/4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2124,51 +2104,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-428 437,0</w:t>
+470 728,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4082,51 +4062,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-419 203,0</w:t>
+461 494,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5056,51 +5036,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-431 593,7</w:t>
+473 885,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8671,51 +8651,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 334,0</w:t>
+5334,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10599,51 +10579,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-361,0</w:t>
+6 301,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10840,51 +10820,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-361,0</w:t>
+6 301,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11081,51 +11061,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-361,0</w:t>
+6 301,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11354,334 +11334,334 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...172 lines deleted...]
-Прочие</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах,поселках,сельских округов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-295 430,0</w:t>
+5 940,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11804,51 +11784,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-295 430,0</w:t>
+331 781,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11868,228 +11848,228 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-295 430,0</w:t>
+331 781,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12141,196 +12121,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Реализация мероприятий для решения вопросов обустройства населенных пунктов в реализацию мер по содействию экономическому развитию регионов в рамках Государственной программы развития регионов до 2025 года</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 185,0</w:t>
+331 781,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12423,173 +12403,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-058</w:t>
-[...85 lines deleted...]
-инфраструк</w:t>
+040</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реализация мероприятий для решения вопросов обустройства населенных пунктов в реализацию мер по содействию экономическому развитию регионов в рамках Государственной программы развития регионов до 2025 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-292 245,0</w:t>
+3 185,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12673,160 +12635,182 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...72 lines deleted...]
-3. Чистое бюджетное кредитование</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+058</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Развитие социальной и инженерной</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+инфраструк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+328 596,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12983,51 +12967,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджетные кредиты</w:t>
+3. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13051,224 +13035,220 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...172 lines deleted...]
-Погашение бюджетных кредитов</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13292,220 +13272,224 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...168 lines deleted...]
-4. Сальдо по операциям с финансовыми активами</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13698,51 +13682,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Приобретение финансовых активов</w:t>
+4. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13766,224 +13750,220 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...172 lines deleted...]
-Поступления от продажи финансовых активов государства</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14007,256 +13987,260 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...168 lines deleted...]
-5. Дефицит (профицит) бюджета</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
--3 156,7</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14413,533 +14397,529 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6. Финансирование дефицита (профицита) бюджета</w:t>
+5. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 156,7</w:t>
+-3156,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...172 lines deleted...]
-Поступления займов</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Финансирование дефицита (профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+3156,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16</w:t>
-[...163 lines deleted...]
-Погашение займов</w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14963,93 +14943,93 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -15204,501 +15184,501 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...172 lines deleted...]
-Используемые остатки бюджетных средств</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 156,7</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...172 lines deleted...]
-Остатки бюджетных средств</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 156,7</w:t>
+3156,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15718,50 +15698,291 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3156,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -15895,51 +16116,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 156,7</w:t>
+3156,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -43754,55 +43975,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -44128,31 +44349,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>