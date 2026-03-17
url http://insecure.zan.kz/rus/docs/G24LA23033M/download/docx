--- v0 (2025-11-11)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5b2cabf" w14:textId="5b2cabf">
+    <w:p w14:paraId="02d93ed" w14:textId="02d93ed">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -348,512 +348,492 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="1"/>
+    <w:bookmarkStart w:name="z35" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 298 634,2 тысяч тенге, в том числе:</w:t>
+       1) доходы – 302 854,2 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z52" w:id="2"/>
+    <w:bookmarkStart w:name="z36" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 37 866,0 тысяч тенге;</w:t>
+      налоговые поступления – 42 086,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z53" w:id="3"/>
+    <w:bookmarkStart w:name="z37" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z54" w:id="4"/>
+    <w:bookmarkStart w:name="z38" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 260 768,2 тысяч тенге,</w:t>
+      поступления трансфертов – 260 768,2 тысяч тенге,</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z55" w:id="5"/>
+    <w:bookmarkStart w:name="z39" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) расходы – 317 894,2 тысяч тенге;</w:t>
+      2) расходы – 322 114,2 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z56" w:id="6"/>
+    <w:bookmarkStart w:name="z40" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z57" w:id="7"/>
+    <w:bookmarkStart w:name="z41" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z58" w:id="8"/>
+    <w:bookmarkStart w:name="z42" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z59" w:id="9"/>
+    <w:bookmarkStart w:name="z43" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z60" w:id="10"/>
+    <w:bookmarkStart w:name="z44" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z61" w:id="11"/>
+    <w:bookmarkStart w:name="z45" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z62" w:id="12"/>
+    <w:bookmarkStart w:name="z46" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета – -19 260,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z63" w:id="13"/>
+    <w:bookmarkStart w:name="z47" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) финансирование дефицита (использование профицита) бюджета - 19 260,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z64" w:id="14"/>
+    <w:bookmarkStart w:name="z48" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z65" w:id="15"/>
+    <w:bookmarkStart w:name="z49" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      погашение займов – 0;</w:t>
+      погашение займов – 0.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z66" w:id="16"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Кызылординского городского маслихата от 29.09.2025  </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Кызылординского городского маслихата от 24.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 297-42/3</w:t>
+        <w:t>№ 332-46/10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Утвердить распределение субвенции из городского бюджета бюджету поселка Белкуль на 2025 год в объеме – 74 127,0 тысяч тенге, 2026 год в объеме – 59 109,0 тысяч тенге, 2027 год в объеме – 58 994,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z24" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Утвердить перечень бюджетных программ, не подлежащих секвестру в процессе исполнения бюджета поселка Белкуль на 2025 год согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1088,94 +1068,94 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Кызылординского городского маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 24 декабря 2024 года №230-33/2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет поселка Белкуль на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Кызылординского городского маслихата от 29.09.2025  </w:t>
+      Сноска. Приложение 1 – в редакции решения Кызылординского городского маслихата от 24.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 297-42/3</w:t>
+        <w:t>№ 332-46/10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1977,51 +1957,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-298 634,2</w:t>
+302 854,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2155,51 +2135,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 866,0</w:t>
+42 086,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2689,51 +2669,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30 589,0</w:t>
+34 809,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2867,51 +2847,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 278,0</w:t>
+578,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3045,51 +3025,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 722,0</w:t>
+20 642,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5470,51 +5450,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-317 894,2</w:t>
+322 114,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5679,51 +5659,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-67 389,9</w:t>
+70 571,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5888,51 +5868,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-67 389,9</w:t>
+70 571,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6097,51 +6077,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-67 389,9</w:t>
+70 571,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6306,51 +6286,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-65 587,9</w:t>
+68 883,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6515,51 +6495,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 802,0</w:t>
+1 688,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6724,51 +6704,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 208,2</w:t>
+52 750,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6933,51 +6913,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 208,2</w:t>
+52 750,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7142,51 +7122,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 208,2</w:t>
+52 750,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7351,51 +7331,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 636,0</w:t>
+25 178,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7769,51 +7749,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 463,2</w:t>
+26 463,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7978,51 +7958,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23 102,0</w:t>
+24 657,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8187,51 +8167,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 929,0</w:t>
+24 489,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8396,51 +8376,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 929,0</w:t>
+24 489,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8605,51 +8585,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 929,0</w:t>
+24 489,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8814,51 +8794,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-173,0</w:t>
+168,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9023,51 +9003,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-173,0</w:t>
+168,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9232,51 +9212,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-173,0</w:t>
+168,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9441,51 +9421,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-174 191,0</w:t>
+174 130,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9650,51 +9630,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-174 191,0</w:t>
+174 130,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9859,51 +9839,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-174 191,0</w:t>
+174 130,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10068,51 +10048,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1,0</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10277,51 +10257,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-302,0</w:t>
+241,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14169,65 +14149,12655 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Кызылординского городского маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 24 декабря 2024 года №230-33/2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:bookmarkStart w:name="z30" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет поселка Белкуль на 2026 год</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+98 868,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39 759,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 035,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 035,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32 118,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 342,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16 508,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 268,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единовременный земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+606,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы от использования природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+549,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Плата за предпринимательскую и профессиональную деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Поступления трансфертов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59 109,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59 109,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59 109,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная подгруппа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подпрограмма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Расходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+98 868,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57 113,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57 113,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57 113,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57 113,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17 824,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17 824,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17 824,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 842,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 389,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+593,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 613,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Деятельность в области культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 396,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 396,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 396,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Спорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+217,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+217,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проведение физкультурно-оздоровительных и спортивных мероприятий на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+217,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+318,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+318,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+318,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+318,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Финансирование дефицита (профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств на конец отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение 3 к решению </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кызылординского городского маслихата</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 24 декабря 2024 года №230-33/2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z32" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бюджет поселка Белкуль на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
@@ -15020,51 +27590,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-98 868,0</w:t>
+100 743,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15198,51 +27768,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39 759,0</w:t>
+41 749,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15376,51 +27946,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 035,0</w:t>
+7 387,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15554,51 +28124,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 035,0</w:t>
+7 387,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15732,51 +28302,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32 118,0</w:t>
+33 725,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15910,51 +28480,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 342,0</w:t>
+1 409,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16088,51 +28658,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16 508,0</w:t>
+17 334,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16266,51 +28836,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14 268,0</w:t>
+14 982,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16622,51 +29192,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-606,0</w:t>
+637,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16800,51 +29370,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-549,0</w:t>
+577,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16978,51 +29548,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57,0</w:t>
+60,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17156,51 +29726,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59 109,0</w:t>
+58 994,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17334,51 +29904,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59 109,0</w:t>
+58 994,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17512,51 +30082,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59 109,0</w:t>
+58 994,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -18513,51 +31083,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-98 868,0</w:t>
+100 743,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18722,51 +31292,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57 113,0</w:t>
+57 707,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18931,51 +31501,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57 113,0</w:t>
+57 707,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19140,51 +31710,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57 113,0</w:t>
+57 707,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19349,51 +31919,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57 113,0</w:t>
+57 707,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19767,51 +32337,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17 824,0</w:t>
+18 715,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19976,51 +32546,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17 824,0</w:t>
+18 715,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20185,51 +32755,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17 824,0</w:t>
+18 715,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20394,51 +32964,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 842,0</w:t>
+16 635,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20603,51 +33173,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 389,0</w:t>
+1 458,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20812,51 +33382,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-593,0</w:t>
+622,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21021,51 +33591,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23 613,0</w:t>
+23 988,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21230,51 +33800,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23 396,0</w:t>
+23 760,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21439,51 +34009,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23 396,0</w:t>
+23 760,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21648,51 +34218,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23 396,0</w:t>
+23 760,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21857,51 +34427,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-217,0</w:t>
+228,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22066,51 +34636,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-217,0</w:t>
+228,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22275,51 +34845,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-217,0</w:t>
+228,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22484,51 +35054,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-318,0</w:t>
+333,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22693,51 +35263,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-318,0</w:t>
+333,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22902,51 +35472,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-318,0</w:t>
+333,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23111,51 +35681,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-318,0</w:t>
+333,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -26727,12690 +39297,100 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приложение 3 к решению </w:t>
+              <w:t>Приложение 4 к решению</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Кызылординского городского маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 24 декабря 2024 года №230-33/2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z32" w:id="22"/>
-[...12589 lines deleted...]
-    <w:bookmarkStart w:name="z34" w:id="23"/>
+    <w:bookmarkStart w:name="z34" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень бюджетных программ, не подлежащих секвестру в процессе исполнения бюджета поселка Белкуль на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12300"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
@@ -39579,55 +39559,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>