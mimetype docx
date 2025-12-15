--- v0 (2025-11-10)
+++ v1 (2025-12-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1f03a85" w14:textId="1f03a85">
+    <w:p w14:paraId="ae4ed5f" w14:textId="ae4ed5f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -133,57 +133,53 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -308,71 +304,91 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> соответственно, в том числе на 2025 год, согласно приложению 1, в следующих объемах:</w:t>
+        <w:t xml:space="preserve"> соответственно, в том числе на 2025 год, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 927 611 тысяч тенге, в том числе по:</w:t>
+      1) доходы – 925 938 тысяч тенге, в том числе по:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговым поступлениям – 98 008 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
@@ -408,71 +424,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 2 398 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступлениям трансфертов – 826 143 тысяч тенге;</w:t>
+      поступлениям трансфертов – 824 470 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты 969 959 тысяч тенге;</w:t>
+      2) затраты 968 286 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
@@ -677,61 +693,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Саранского городского маслихата Карагандинской области от 25.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Саранского городского маслихата Карагандинской области от 13.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 233</w:t>
+        <w:t>№ 245</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -826,63 +842,62 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -900,51 +915,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Председатель маслихата</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1094,208 +1109,214 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет поселка Актас на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Саранского городского маслихата Карагандинской области от 25.09.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Саранского городского маслихата Карагандинской области от 13.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 233</w:t>
+        <w:t>№ 245</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1176"/>
+        <w:gridCol w:w="1826"/>
+        <w:gridCol w:w="1176"/>
+        <w:gridCol w:w="3355"/>
+        <w:gridCol w:w="4767"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1311,110 +1332,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1430,147 +1465,168 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1580,3746 +1636,4025 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 I. Доходы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-927 611</w:t>
+            <w:tcW w:w="4767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+925 938</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налоговые поступления </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 98 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-45 356</w:t>
+            <w:tcW w:w="4767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57 461</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-45 356</w:t>
+            <w:tcW w:w="4767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57 461</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39 329</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 732</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 754</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35 843</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-13 323</w:t>
+            <w:tcW w:w="4767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 218</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-13 323</w:t>
+            <w:tcW w:w="4767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 218</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 062</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 062</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 062</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 398</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 398</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 398</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Поступления трансфертов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-826 143</w:t>
+            <w:tcW w:w="4767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+824 470</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-826 143</w:t>
+            <w:tcW w:w="4767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+824 470</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-826 143</w:t>
+            <w:tcW w:w="4767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+824 470</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1215"/>
+        <w:gridCol w:w="782"/>
+        <w:gridCol w:w="1650"/>
+        <w:gridCol w:w="1650"/>
+        <w:gridCol w:w="3831"/>
+        <w:gridCol w:w="3172"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5335,110 +5670,124 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5454,142 +5803,163 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5605,179 +5975,207 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5787,5017 +6185,5722 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 II. Затраты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-969 959</w:t>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+968 286</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-94 424</w:t>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+104 164</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-94 424</w:t>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+104 164</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-94 424</w:t>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+104 164</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-93 060</w:t>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+93 210</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-1 364</w:t>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-203 568</w:t>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы подведомственных государственных учреждений и организаций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+954</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-203 568</w:t>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+198 105</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-203 568</w:t>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+198 105</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-45 000</w:t>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+198 105</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-29 480</w:t>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Освещение улиц в населенных пунктах </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41 713</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-4 572</w:t>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 480</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-124 516</w:t>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Содержание мест захоронений и погребение безродных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 572</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-285 836</w:t>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+122 340</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-285 836</w:t>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+279 887</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-285 836</w:t>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Деятельность в области культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+279 887</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-285 836</w:t>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+279 887</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-386 131</w:t>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+279 887</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-386 131</w:t>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+386 130 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-386 131</w:t>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+386 130</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-127 780</w:t>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+386 130</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+127 780</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-258 351</w:t>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+258 350</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1322"/>
+        <w:gridCol w:w="1322"/>
+        <w:gridCol w:w="1322"/>
+        <w:gridCol w:w="1323"/>
+        <w:gridCol w:w="4710"/>
+        <w:gridCol w:w="2301"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2301" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10813,110 +11916,124 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10932,142 +12049,163 @@
               <w:t>
 Администратор бюджетных программ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11083,179 +12221,207 @@
               <w:t>
 Программа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11265,641 +12431,697 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2301" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2301" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2301" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11925,818 +13147,914 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1741"/>
+        <w:gridCol w:w="1741"/>
+        <w:gridCol w:w="1741"/>
+        <w:gridCol w:w="3195"/>
+        <w:gridCol w:w="853"/>
+        <w:gridCol w:w="3000"/>
+        <w:gridCol w:w="29"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1741" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1741" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1741" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...34 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1741" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1741" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1741" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1741" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1741" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1741" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3195" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1741" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1741" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1741" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12762,330 +14080,329 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6273"/>
+        <w:gridCol w:w="6027"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6273" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6027" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6273" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6027" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6273" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 V. Дефицит (профицит) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6027" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -42 348</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6273" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 VI. Финансирование дефицита (использование профицита) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6027" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13217,172 +14534,178 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет поселка Актас на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1176"/>
+        <w:gridCol w:w="1826"/>
+        <w:gridCol w:w="1176"/>
+        <w:gridCol w:w="3355"/>
+        <w:gridCol w:w="4767"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13398,110 +14721,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13517,147 +14854,168 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13667,3554 +15025,3827 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 I. Доходы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 691 236</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налоговые поступления </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 105 239</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47 624</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47 624</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42 159</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 778</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 980</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38 401</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15 456</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15 456</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 136</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 136</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 136</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 598</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 598</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 598</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Поступления трансфертов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 582 263</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 582 263</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17240,173 +18871,179 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1215"/>
+        <w:gridCol w:w="782"/>
+        <w:gridCol w:w="1650"/>
+        <w:gridCol w:w="1650"/>
+        <w:gridCol w:w="3831"/>
+        <w:gridCol w:w="3172"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17422,110 +19059,124 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17541,142 +19192,163 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17692,179 +19364,207 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17874,5452 +19574,5984 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 II. Затраты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 691 236</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 92 063</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 89 063</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 89 063</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80 663</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 032</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы подведомственных государственных учреждений и организаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8 400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Финансовая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 053</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Управление коммунальным имуществом города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 300 353</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 300 353</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 300 353</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Освещение улиц в населенных пунктах </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Содержание мест захоронений и погребение безродных</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 220 353</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 136 536</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Деятельность в области культуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 136 536</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 136 536</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно-досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 136 536</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 162 284</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 162 284</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 162 284</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80 892</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23345,173 +25577,179 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1322"/>
+        <w:gridCol w:w="1322"/>
+        <w:gridCol w:w="1322"/>
+        <w:gridCol w:w="1323"/>
+        <w:gridCol w:w="4710"/>
+        <w:gridCol w:w="2301"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2301" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23527,110 +25765,124 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23646,142 +25898,163 @@
               <w:t>
 Администратор бюджетных программ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23797,179 +26070,207 @@
               <w:t>
 Программа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23979,641 +26280,697 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2301" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2301" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2301" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24639,172 +26996,178 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1871"/>
+        <w:gridCol w:w="1871"/>
+        <w:gridCol w:w="1871"/>
+        <w:gridCol w:w="3432"/>
+        <w:gridCol w:w="3255"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24820,110 +27183,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24939,147 +27316,168 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3432" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25089,368 +27487,389 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3432" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3255" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3432" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3255" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25476,330 +27895,329 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="8586"/>
+        <w:gridCol w:w="3714"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="8586" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="3714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="8586" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="3714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="8586" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 V. Дефицит (профицит) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="3714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="8586" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 VI. Финансирование дефицита (использование профицита) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="3714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25931,172 +28349,178 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет поселка Актас на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1176"/>
+        <w:gridCol w:w="1826"/>
+        <w:gridCol w:w="1176"/>
+        <w:gridCol w:w="3355"/>
+        <w:gridCol w:w="4767"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26112,110 +28536,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26231,147 +28669,168 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26381,3554 +28840,3827 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 I. Доходы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 702 207</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налоговые поступления </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 117 287</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49 053</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49 053</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45 050</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 817</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 165</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41 068</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23 184</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23 184</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 215</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 215</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 215</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 822</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 822</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 822</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Поступления трансфертов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 581 883</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 581 883</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29954,173 +32686,179 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1215"/>
+        <w:gridCol w:w="782"/>
+        <w:gridCol w:w="1650"/>
+        <w:gridCol w:w="1650"/>
+        <w:gridCol w:w="3831"/>
+        <w:gridCol w:w="3172"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30136,110 +32874,124 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30255,142 +33007,163 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30406,179 +33179,207 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30588,5452 +33389,5984 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 II. Затраты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 702 207</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 93 405</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90 405</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90 405</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 81 585</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 032</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы подведомственных государственных учреждений и организаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8 820</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Финансовая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 053</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Управление коммунальным имуществом города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 291 804</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 291 804</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 291 804</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Освещение улиц в населенных пунктах </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Содержание мест захоронений и погребение безродных</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 211 804</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 143 363</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Деятельность в области культуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 143 363</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 143 363</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно-досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 143 363</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 173 635</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 173 635</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 173 635</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80 892</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36059,173 +39392,179 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1322"/>
+        <w:gridCol w:w="1322"/>
+        <w:gridCol w:w="1322"/>
+        <w:gridCol w:w="1323"/>
+        <w:gridCol w:w="4710"/>
+        <w:gridCol w:w="2301"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2301" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -36241,110 +39580,124 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -36360,142 +39713,163 @@
               <w:t>
 Администратор бюджетных программ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -36511,179 +39885,207 @@
               <w:t>
 Программа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36693,641 +40095,697 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2301" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2301" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2301" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -37353,172 +40811,178 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1871"/>
+        <w:gridCol w:w="1871"/>
+        <w:gridCol w:w="1871"/>
+        <w:gridCol w:w="3432"/>
+        <w:gridCol w:w="3255"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -37534,110 +40998,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -37653,147 +41131,168 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3432" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -37803,368 +41302,389 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3432" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3255" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3432" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3255" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -38190,330 +41710,329 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="8586"/>
+        <w:gridCol w:w="3714"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="8586" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="3714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="8586" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="3714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="8586" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 V. Дефицит (профицит) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="3714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="8586" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 VI. Финансирование дефицита (использование профицита) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="3714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -38575,55 +42094,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>