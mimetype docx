--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ab52f0e" w14:textId="ab52f0e">
+    <w:p w14:paraId="3a23f80" w14:textId="3a23f80">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -308,151 +308,151 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 868 065 тысяч тенге, в том числе по:</w:t>
+      1) доходы – 873 750 тысяч тенге, в том числе по:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговым поступлениям – 47 486 тысяч тенге;</w:t>
+      налоговым поступлениям – 58 544 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговым поступлениям – 27 тысяч тенге;</w:t>
+      неналоговым поступлениям – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступлениям от продажи основного капитала – 69 тысяч тенге;</w:t>
+      поступлениям от продажи основного капитала – 99 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступлениям трансфертов – 820 483 тысяч тенге;</w:t>
+      поступлениям трансфертов – 815 107 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 871 943 тысяч тенге;</w:t>
+      2) затраты – 877 628 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
@@ -508,148 +508,166 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами - 0 тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      приобретение финансовых активов - 0 тенге; поступления от продажи финансовых активов государства - 0 тенге;</w:t>
+      приобретение финансовых активов - 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – - 3 878 тысяч тенге;</w:t>
+      поступления от продажи финансовых активов государства - 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      5) дефицит (профицит) бюджета – - 3 878 тысяч тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       6) финансирование дефицита (использование профицита) бюджета – 3 878 тысяч тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       используемые остатки бюджетных средств - 3 878 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Темиртауского городского маслихата Карагандинской области от 26.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Темиртауского городского маслихата Карагандинской области от 04.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 33/5</w:t>
+        <w:t>№ 37/5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1235,61 +1253,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет поселка Актау на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Темиртауского городского маслихата Карагандинской области от 26.09.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Темиртауского городского маслихата Карагандинской области от 04.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 33/5</w:t>
+        <w:t>№ 37/5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2068,51 +2086,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-868065 </w:t>
+873750 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2245,51 +2263,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-47486 </w:t>
+58544 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2422,51 +2440,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-28922 </w:t>
+36874 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2599,51 +2617,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-28922 </w:t>
+36874 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2776,51 +2794,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-17712 </w:t>
+20642 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2953,51 +2971,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-342 </w:t>
+208 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3130,51 +3148,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-311 </w:t>
+232 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3307,51 +3325,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-17059 </w:t>
+20202 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3484,51 +3502,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-852 </w:t>
+1028 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3661,92 +3679,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-852 </w:t>
+1028 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3802,87 +3820,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Неналоговые поступления</w:t>
+Поступление от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-27 </w:t>
+99 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3911,51 +3929,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-06</w:t>
+03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3979,87 +3997,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Прочие неналоговые поступления</w:t>
+Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-27 </w:t>
+99 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4120,164 +4138,164 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Прочие неналоговые поступления</w:t>
+Продажа нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-27 </w:t>
+99 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4333,87 +4351,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступление от продажи основного капитала</w:t>
+Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-69 </w:t>
+815107 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4442,51 +4460,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-03</w:t>
+02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4510,87 +4528,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Продажа земли и нематериальных активов</w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-69 </w:t>
+815107 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4651,581 +4669,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...529 lines deleted...]
-              <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -5254,51 +4741,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-820483 </w:t>
+815107 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5377,52 +4864,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сумма (тысяч тенге)</w:t>
+              <w:t xml:space="preserve">
+ 2025г. Сумма (тысяч тенге) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6343,51 +5830,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-871943 </w:t>
+877628 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6552,51 +6039,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-134290 </w:t>
+138599 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6761,51 +6248,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-132865 </w:t>
+135053 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6933,88 +6420,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...34 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">
-132865 </w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+135053 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7179,51 +6666,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-102258 </w:t>
+103996 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7597,51 +7084,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-29637 </w:t>
+30087 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7806,51 +7293,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1425 </w:t>
+3546 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7978,88 +7465,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...34 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">
-1425 </w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3546 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8187,88 +7674,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...34 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">
-1425 </w:t>
+Управление коммунальным имуществом города районного значения, села, поселка, сельского округа </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3546 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8433,51 +7920,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-231555 </w:t>
+219665 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8814,52 +8301,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+              <w:t xml:space="preserve">
+Аппарат акима города районного значения, села, поселка, сельского округа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9269,51 +8756,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-131455 </w:t>
+119565 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9441,88 +8928,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...34 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">
-131455 </w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+119565 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9687,51 +9174,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-42374 </w:t>
+46262 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9896,51 +9383,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-89081 </w:t>
+73303 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10105,51 +9592,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-105681 </w:t>
+120366 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10314,51 +9801,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-105681 </w:t>
+120366 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10523,51 +10010,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-105681 </w:t>
+120366 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10732,51 +10219,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-105681 </w:t>
+120366 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -10856,51 +10343,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма (тысяч тенге)</w:t>
+2025г. Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11381,52 +10868,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Наименование</w:t>
+              <w:t xml:space="preserve">
+ Наименование </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -11604,51 +11091,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-400413 </w:t>
+398994 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11813,51 +11300,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-400413 </w:t>
+398994 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12022,51 +11509,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-400413 </w:t>
+398994 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12440,51 +11927,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-321588 </w:t>
+320169 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -43056,51 +42543,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 24 декабря 2024 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 23/5</w:t>
+              <w:t>№ 23/6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z34" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Целевые текущие трансферты, выделенные из бюджета города Темиртау, бюджету поселка Актау на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
@@ -43115,72 +42602,79 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Решение дополнено приложением 5 в соответствии с решением Темиртауского городского маслихата Карагандинской области от 10.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 31/5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); в редакции решения Темиртауского городского маслихата Карагандинской области от 26.09.2025 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); в редакции решения Темиртауского городского маслихата Карагандинской области от 04.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 33/5</w:t>
+        <w:t>№ 37/5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
@@ -44200,51 +43694,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-130483 </w:t>
+125107 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -44409,51 +43903,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-114074 </w:t>
+108698 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -44618,51 +44112,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-114074 </w:t>
+108698 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -44827,51 +44321,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-114074 </w:t>
+108698 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -45036,51 +44530,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-114074 </w:t>
+108698 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -45651,51 +45145,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-14074 </w:t>
+8698 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -45856,51 +45350,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-14074 </w:t>
+8698 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -46861,51 +46355,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поддержка культурно-досуговой работы на местном уровне, в том числе на:</w:t>
+Поддержка культурно-досуговой работы, в том числе на:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -47115,62 +46609,58 @@
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 16409 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-</w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
@@ -47192,55 +46682,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>