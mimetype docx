--- v0 (2025-10-01)
+++ v1 (2025-11-16)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e058973" w14:textId="e058973">
+    <w:p w14:paraId="ca16e95" w14:textId="ca16e95">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений и дополнений в некоторые приказы Министерства цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 10 декабря 2024 года № 784/НҚ</w:t>
+        <w:t>Приказ Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 10 декабря 2024 года № 784/НҚ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
@@ -580,3948 +580,1050 @@
               </w:rPr>
               <w:t>от 10 декабря 2024 года № 784/НҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень некоторых приказов Министерства цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан, в которые вносятся изменения и дополнения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z15" w:id="9"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. В </w:t>
+      1. Утратил силу приказом Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 527/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Утратил силу приказом Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 526/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Утратил силу приказом Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 533/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Утратил силу приказом Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 528/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z109" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> исполняющего обязанности Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 22 июля 2019 года № 169/НҚ "Об утверждении Положения о республиканском государственном учреждении "Комитет по информационной безопасности Министерства цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан":</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+        <w:t xml:space="preserve"> Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 17 мая 2024 года № 278/НҚ "Об утверждении Положения республиканского государственного учреждения "Комитет искусственного интеллекта и развития инноваций Министерства цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z144" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> о республиканском государственном учреждении "Комитет по информационной безопасности Министерства цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан", утвержденном указанным приказом:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+        <w:t xml:space="preserve"> республиканского государственного учреждения "Комитет искусственного интеллекта и развития инноваций Министерства цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан", утвержденном указанным приказом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z145" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункте 14</w:t>
+        <w:t>пункте 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z146" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить подпунктом 12-1) следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z147" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12-1) разработка целевых технологических программ;";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z148" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить подпунктами 13-1), 13-2) и 13-3) следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z149" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "13-1) разработка правил инициирования экспериментальных режимов для апробирования инновационных проектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z150" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-2) разработка методики расчета национального индекса развития инновационной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z151" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-3) разработка классификации инновационной деятельности;";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z152" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить подпунктами 26-1) и 26-2) следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z153" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "26-1) реализация государственной политики в области коммерциализации результатов научной и (или) научно-технической деятельности в соответствующей отрасли;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z154" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-2) участие в реализации программы по подготовке, переподготовке кадров и повышению квалификации в области коммерциализации результатов научной и (или) научно-технической деятельности в соответствующей отрасли;";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпункт 19)</w:t>
-[...311 lines deleted...]
-    <w:bookmarkEnd w:id="24"/>
+        <w:t>подпункт 42)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исключить;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпункт 25)</w:t>
-[...28 lines deleted...]
-      дополнить подпунктом 29-1) следующего содержания:</w:t>
+        <w:t>подпункт 52)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z157" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "52) осуществление государственного контроля в сфере цифровых активов, а также за соблюдением лицами, осуществляющими выпуск и обращение обеспеченных цифровых активов, законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма;"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z158" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить подпунктами 52-1), 52-2), 52-3), 52-4) и 52-5) следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z159" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "52-1) разработка перечня видов обеспеченных цифровых активов, признаваемых на территории Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z160" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52-2) разработка порядка выпуска и оборота обеспеченных цифровых активов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z34" w:id="26"/>
-[...15 lines deleted...]
-      "29-1) разработка правил хранения персональных данных, содержащихся в электронных информационных ресурсах, осуществляемого собственником и (или) оператором, а также третьим лицом в электронной базе, находящейся в серверном помещении или центре обработки данных, расположенном на территории Республики Казахстан, с принятием необходимых мер по защите персональных данных;";</w:t>
+    <w:bookmarkStart w:name="z161" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52-3) ведение государственного реестра лиц, осуществляющих деятельность по выпуску обеспеченных цифровых активов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:p>
-[...127 lines deleted...]
-      дополнить подпунктами 50-1), 50-2), 50-3), 50-4), 50-5), 50-6) и 50-7) следующего содержания:</w:t>
+    <w:bookmarkStart w:name="z162" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52-4) разработка правил оформления решения о выпуске обеспеченных цифровых активов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z38" w:id="28"/>
-[...15 lines deleted...]
-      "50-1) на ежегодной основе по согласованию с отраслевым советом по профессиональным квалификациям внесение предложений в уполномоченный орган в области признания профессиональных квалификаций по внесению изменений и дополнений в реестр профессий;</w:t>
+    <w:bookmarkStart w:name="z163" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52-5) выдача разрешения на выпуск и обращение обеспеченных цифровых активов;";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z39" w:id="29"/>
-[...15 lines deleted...]
-      50-2) на ежегодной основе по согласованию с отраслевым советом по профессиональным квалификациям разработка предложений по разработке и (или) актуализации профессиональных стандартов и направление их в уполномоченный орган в области признания профессиональных квалификаций;</w:t>
+    <w:bookmarkStart w:name="z164" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить подпунктом 55-1) следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z40" w:id="30"/>
-[...15 lines deleted...]
-      50-3) по согласованию с отраслевым советом по профессиональным квалификациям внесение предложений в уполномоченный орган в области признания профессиональных квалификаций по условиям признания профессиональных квалификаций для рассмотрения на заседании Национального совета по профессиональным квалификациям;</w:t>
+    <w:bookmarkStart w:name="z165" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "55-1) проведение научно-исследовательских, опытно-конструкторских работ и внедрение современных технологий;";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z41" w:id="31"/>
-[...15 lines deleted...]
-      50-4) разработка и (или) актуализация отраслевых рамок квалификаций в порядке, определенном уполномоченным органом в области признания профессиональных квалификаций;</w:t>
+    <w:bookmarkStart w:name="z166" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить подпунктами 61-1), 61-2), 61-3), 61-4) и 61-5) следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z42" w:id="32"/>
-[...15 lines deleted...]
-      50-5) разработка и (или) актуализация профессиональных стандартов на основе Национального классификатора занятий Республики Казахстан, отраслевых рамок квалификаций в порядке, определенном уполномоченным органом в области признания профессиональных квалификаций;</w:t>
+    <w:bookmarkStart w:name="z167" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "61-1) создание условий для развития отрасли информационно-коммуникационных технологий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z43" w:id="33"/>
-[...15 lines deleted...]
-      50-6) разработка профессиональных стандартов по согласованию с отраслевым советом по профессиональным квалификациям и уполномоченным органом в области признания профессиональных квалификаций с учетом заключения Национальной палаты предпринимателей Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z168" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61-2) разработка правил осуществления мониторинга реализации государственной технологической политики в регионах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z44" w:id="34"/>
-[...15 lines deleted...]
-      50-7) на ежегодной основе по согласованию с местными исполнительными органами областей, городов республиканского значения и столицы формирование потребности рынка труда в признании профессиональных квалификаций с учетом актуальности профессий в текущем и будущем периодах в порядке, определенном уполномоченным органом в области признания профессиональных квалификаций;";</w:t>
+    <w:bookmarkStart w:name="z169" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61-3) формирование предложений по определению перечня специальностей, по которым требуется подготовка специалистов для приоритетных секторов экономики, на основе представляемых субъектами промышленно-инновационной деятельности сведений о потребностях в специалистах и направление в уполномоченный орган по вопросам занятости населения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z45" w:id="35"/>
-[...15 lines deleted...]
-      дополнить подпунктом 59-1) следующего содержания:</w:t>
+    <w:bookmarkStart w:name="z170" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61-4) управление, ведение, сопровождение, обеспечение функционирования и использования информационной системы "Единое окно" национальной инновационной системы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z46" w:id="36"/>
-[...15 lines deleted...]
-      "59-1) подготовка предложений, в том числе проектов соответствующих решений, по правовому регулированию вопросов обеспечения информационной безопасности для последующего внесения в Правительство Республики Казахстан;";</w:t>
+    <w:bookmarkStart w:name="z171" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61-5) выработка и реализация нормативного правового регулирования в области развития технологий искусственного интеллекта;";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z47" w:id="37"/>
-[...15 lines deleted...]
-      дополнить подпунктом 68-1) следующего содержания:</w:t>
+    <w:bookmarkStart w:name="z172" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить подпунктом 73-1) следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z48" w:id="38"/>
-[...15 lines deleted...]
-      "68-1) согласование правил и сроков представления банками сведений о наличии систем управления информационной безопасностью, а также о соблюдении требований к обеспечению информационной безопасности в Национальный координационный центр информационной безопасности Республики Казахстан;";</w:t>
+    <w:bookmarkStart w:name="z173" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "73-1) осуществление международного сотрудничества в сфере электронной промышленности и представление интересов Республики Казахстан в международных организациях и иностранных государствах;".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z49" w:id="39"/>
-[...2918 lines deleted...]
-    <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4847,31 +1949,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>