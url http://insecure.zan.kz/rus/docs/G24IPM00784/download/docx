--- v1 (2025-11-16)
+++ v2 (2026-01-01)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ca16e95" w14:textId="ca16e95">
+    <w:p w14:paraId="920b91c" w14:textId="920b91c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -764,812 +764,130 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">4. Утратил силу приказом Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 22.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 528/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z109" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">5. В </w:t>
-[...282 lines deleted...]
-    <w:bookmarkEnd w:id="21"/>
+        <w:t xml:space="preserve">5. Утратил силу приказом и.о. Министра искусственного интеллекта и цифрового развития РК от 04.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...43 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...376 lines deleted...]
-    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>