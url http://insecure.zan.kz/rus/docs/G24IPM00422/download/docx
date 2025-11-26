--- v0 (2025-10-03)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0406108" w14:textId="0406108">
+    <w:p w14:paraId="69779cf" w14:textId="69779cf">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,345 +93,449 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении цен на товары (работы, услуги), производимые и (или) реализуемые некоммерческим акционерным обществом "Государственная корпорация "Правительство для граждан", отнесенные к государственной монополии в сфере пенсионного и социального обеспечения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 12 июля 2024 года № 422/НҚ</w:t>
+        <w:t>Приказ Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 12 июля 2024 года № 422/НҚ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
-[...258 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Преамбула предусматривается в редакции приказа Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 488/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктами 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 195-2 Социального Кодекса Республики Казахстан, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 776-6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Налогового кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 23-2 Закона Республики Казахстан "Об обязательном страховании работника от несчастных случаев при исполнении им трудовых (служебных) обязанностей", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 127-3 Трудового кодекса Республики Казахстан и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктами 190)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>191-1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 12 июля 2019 года № 501, ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>цены</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на товары (работы, услуги), производимые и (или) реализуемые некоммерческим акционерным обществом "Государственная корпорация "Правительство для граждан", отнесенные к государственной монополии в сфере пенсионного и социального обеспечения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра по инвестициям и развитию Республики Казахстан от 26 января 2016 года № 87 "Об утверждении цен на товары (работы, услуги), производимые и (или) реализуемые Государственной корпорацией "Правительство для граждан" следующие изменения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункты 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -588,150 +692,150 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к указанному приказу исключить.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Комитету государственных услуг Министерства цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z10" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) размещение настоящего приказа на интернет-ресурсе Министерства цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан после его официального опубликования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z11" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) направление копии настоящего приказа в Республиканское государственное предприятие на праве хозяйственного ведения "Институт законодательства и правовой информации Республики Казахстан" Министерства юстиции Республики Казахстан в течении пяти рабочих дней со дня подписания приказа для включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z12" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z13" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящий приказ вводится в действие после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -880,64 +984,64 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ж. Мадиев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z15" w:id="8"/>
+      <w:bookmarkStart w:name="z15" w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАНО"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Агентство по защите и</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -951,64 +1055,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z16" w:id="9"/>
+      <w:bookmarkStart w:name="z16" w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАНО"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Министерство труда и </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1177,68 +1281,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 12 июля 2024 года № 422/НҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z18" w:id="10"/>
+    <w:bookmarkStart w:name="z18" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Цены на товары (работы, услуги), производимые и (или) реализуемые некоммерческим акционерным обществом "государственная корпорация" Правительство для граждан", отнесенные к государственной монополии в сфере пенсионного и социального обеспечения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -1271,93 +1375,93 @@
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z19" w:id="11"/>
+          <w:bookmarkStart w:name="z19" w:id="10"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:bookmarkStart w:name="z19" w:id="12"/>
+            <w:bookmarkStart w:name="z19" w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> Наименование товаров</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="12"/>
+          <w:bookmarkEnd w:id="11"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>(работ, услуг)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="11"/>
+          <w:bookmarkEnd w:id="10"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -1366,68 +1470,68 @@
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> Единица измерения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z20" w:id="13"/>
+          <w:bookmarkStart w:name="z20" w:id="12"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> Цена за единицу услуги, тенге (без НДС)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="13"/>
+          <w:bookmarkEnd w:id="12"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -4963,144 +5067,144 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 786,20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       НДС – налог на добавленную стоимость</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -5426,31 +5530,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>