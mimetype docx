--- v0 (2025-11-09)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ef0a63b" w14:textId="ef0a63b">
+    <w:p w14:paraId="2e38460" w14:textId="2e38460">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -693,50 +693,70 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Состав - в редакции приказа Министра науки и высшего образования РК от 02.06.2025  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 284</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; с изменением, внесенным приказом Министра науки и высшего образования РК от 27.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 432</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -996,52 +1016,52 @@
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-3.</w:t>
+              <w:t xml:space="preserve">
+3. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -1086,51 +1106,51 @@
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель председателя Комитета языковой политики Министерства науки и высшего образования Республики Казахстан.</w:t>
+Руководитель управления Лингвистической работы Комитета языковой политики Министерства науки и высшего образования Республики Казахстан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
@@ -5834,55 +5854,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -6208,31 +6228,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>