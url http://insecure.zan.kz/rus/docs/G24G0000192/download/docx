--- v0 (2025-11-09)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0d59dba" w14:textId="0d59dba">
+    <w:p w14:paraId="f6236e3" w14:textId="f6236e3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил координации работы по охвату лиц (семей), оказавшихся в трудной жизненной ситуации, всесторонней поддержкой в пределах компетенции государственных органов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра труда и социальной защиты населения Республики Казахстан от 14 июня 2024 года № 192</w:t>
+        <w:t>Приказ Министра труда и социальной защиты населения Республики Казахстан от 14 июня 2024 года № 192.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -993,878 +993,1106 @@
               </w:rPr>
               <w:t>от 14 июня 2024 года № 192</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила координации работы по охвату лиц (семей), оказавшихся в трудной жизненной ситуации, всесторонней поддержкой в пределах компетенции государственных органов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила – в редакции приказа Министра труда и социальной защиты населения РК от 24.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 74</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила координации работы по охвату лиц (семей), оказавшихся в трудной жизненной ситуации, всесторонней поддержкой в пределах компетенции государственных органов (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 34-1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 18 Социального Кодекса Республики Казахстан и определяют порядок координации деятельности государственных органов по осуществлению комплекса мер, направленных на профилактику, раннее выявление и преодоление лицами (семьями) трудной жизненной ситуации.</w:t>
+        <w:t xml:space="preserve"> статьи 18 Социального Кодекса Республики Казахстан и определяют порядок координации деятельности государственных органов по осуществлению комплекса мер, направленных на профилактику, раннее выявление и преодоление лицами (семьями) трудной жизненной ситуации, а также на предупреждение правонарушений, насилия и иных социальных рисков, связанных с нахождением в трудной жизненной ситуации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Правила направлены на межведомственную координацию государственных органов в сфере образования, здравоохранения, занятости, социальной защиты населения, спорта, культуры, туризма, общественного развития и семейной политики, жилищных отношений, молодежной политики, внутренней политики, внутренних дел с момента выявления лиц (семей), находящихся в трудной жизненной ситуации (далее - лица (семьи)), а также в целях реализации мер профилактики правонарушений в отношении лиц (семей), оказавшихся в трудной жизненной ситуации, в пределах компетенции.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
-[...15 lines deleted...]
-      2. Правила направлены на межведомственную координацию государственных органов в сфере образования, здравоохранения, занятости, социальной защиты населения, спорта, культуры, туризма, общественного развития и семейной политики, жилищных отношений, молодежной политики, внутренней политики, внутренних дел с момента выявления лиц (семей), находящихся в трудной жизненной ситуации (далее - лица (семьи)), и оказанию всесторонней поддержки в пределах компетенции.</w:t>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В настоящих правилах используются следующие термины и определения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
-[...15 lines deleted...]
-      3. В настоящих правилах используются следующие термины и определения:</w:t>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) единая цифровая система социально-трудовой сферы – цифровой объект, предназначенный для автоматизации деятельности уполномоченного государственного органа, местных исполнительных органов по вопросам социальной защиты и занятости населения, центров трудовой мобильности, карьерных центров, Центра развития трудовых ресурсов и межведомственного взаимодействия в целях предоставления государственных услуг населению в социально-трудовой сфере;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
-[...15 lines deleted...]
-      1) уполномоченный орган в сфере семейной политики Республики Казахстан (далее – уполномоченный орган) – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию по формированию государственной семейной политики;</w:t>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) уполномоченный орган в сфере семейной политики Республики Казахстан (далее – уполномоченный орган) – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию по формированию государственной семейной политики;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
-[...15 lines deleted...]
-      2) Центр поддержки семьи (далее – Центр) – организации, созданные по решению местных исполнительных органов в районах и районах в городах при местных исполнительных органах по вопросам социальной защиты и занятости населения;</w:t>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Центр поддержки семьи (далее – Центр) – организация, созданная по решению местных исполнительных органов в районах и районах в городах при местных исполнительных органах по вопросам социальной защиты и занятости населения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
-[...15 lines deleted...]
-      3) цифровая карта семьи (далее – ЦКС) — информационная система, на платформе "электронного правительства", аккумулирующая сведения из различных государственных органов, позволяющая определять уровень социального благополучия граждан и оказывать им гарантированную государственную поддержку в проактивном формате (без ожидания заявления от получателя);</w:t>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) цифровая карта семьи (далее – ЦКС) – цифровая система, на платформе "цифрового правительства", аккумулирующая сведения из различных государственных органов, позволяющая определять уровень социального благополучия граждан и оказывать им гарантированную государственную поддержку в проактивном формате (без ожидания заявления от получателя);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
-[...15 lines deleted...]
-      4) трудная жизненная ситуация (далее - ТЖС) – ситуация, признанная по основаниям, предусмотренным Социальным кодексом Республики Казахстан, объективно нарушающей жизнедеятельность человека, которую он не может преодолеть самостоятельно;</w:t>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) трудная жизненная ситуация (далее – ТЖС) – ситуация, признанная по основаниям, предусмотренным Социальным кодексом Республики Казахстан, объективно нарушающей жизнедеятельность человека, которую он не может преодолеть самостоятельно;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
-[...15 lines deleted...]
-      5) интегрированная модель оказания лицам (семьям), оказавшимся в ТЖС, всесторонней поддержки в пределах компетенции государственных органов (далее – интегрированная модель) – организационный и функциональный подход, предусматривающий участие государственных органов под координацией уполномоченного государственного органа в целях усиления межведомственного взаимодействия.</w:t>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) интегрированная модель оказания лицам (семьям), оказавшимся в ТЖС, всесторонней поддержки в пределах компетенции государственных органов (далее – интегрированная модель) – организационный и функциональный подход, предусматривающий участие государственных органов под координацией уполномоченного государственного органа в целях усиления межведомственного взаимодействия;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) профилактика правонарушений в отношении лиц (семей), оказавшихся в трудной жизненной ситуации – комплекс социальных, психологических, правовых и иных мер, реализуемых в рамках интегрированной модели и индивидуального плана работы, направленных на предупреждение антиобщественного поведения, насилия и повторного попадания в трудную жизненную ситуацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Межведомственное взаимодействие при оказании комплексных услуг направлено на решение следующих задач:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) обеспечение доступа к достоверной, своевременной информации о наличии гарантированных прав, мерах государственной поддержки и способах их получения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z36" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обеспечение оптимизации и стандартизации документооборота для последующего эффективного мониторинга выхода лиц (семей) из ТЖС;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z37" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обеспечение качества и согласованности оказания услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z38" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) обеспечение ведения отчетности выполнения индивидуального плана работы (далее – ИПР) на всех уровнях и всеми участвующими государственными органами и организациями в пределах компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) использование технологий социальной работы, предусмотренные профессиональными стандартами "Социальная работа и другие профессии социальной сферы" и способствующие формированию устойчивости получателя услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
-[...15 lines deleted...]
-      5. Участниками межведомственного взаимодействия по охвату лиц (семей), оказавшихся в ТЖС всесторонней поддержкой являются государственные органы и организации в области образования, здравоохранения, занятости, социальной защиты населения, спорта, культуры, туризма, общественного развития и семейной политики, жилищных отношений, молодежной политики, внутренней политики, внутренних дел.</w:t>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) активное вовлечение лиц (семей), оказавшихся в ТЖС, в мероприятия, предусмотренные в ИПР, для выхода из ТЖС;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) выявление и снижение рисков правонарушений, виктимизации и социального неблагополучия лиц (семей), оказавшихся в трудной жизненной ситуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обеспечение цифрового взаимодействия цифрового объекта с цифровыми системами государственных органов, в том числе с автоматизированной цифровой системой органов исполнительного производства Министерства юстиции Республики Казахстан, посредством шлюза "цифрового правительства", в целях обмена сведениями о лицах, находящихся на контроле службы пробации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Участниками межведомственного взаимодействия по охвату лиц (семей), оказавшихся в ТЖС, оказывается всесторонняя поддержка от государственных органов и организаций в области образования, здравоохранения, занятости, социальной защиты населения, спорта, культуры, туризма, общественного развития и семейной политики, жилищных отношений, молодежной политики, внутренней политики, внутренних дел.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Всесторонняя поддержка государственных органов включает в себя комплекс мероприятий, проводимых государственными органами и организациями в пределах компетенции, для вывода лиц (семей) из ТЖС.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственные органы и организации, участвующие в реализации настоящих Правил, являются субъектами профилактики правонарушений в соответствии с Законом Республики Казахстан "О профилактике правонарушений".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Центр осуществляет координацию работ по охвату лиц (семей), оказавшихся в трудной жизненной ситуации, оказывает всестороннюю поддержку, в том числе с учетом задач профилактики правонарушений, в пределах компетенции государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Государственные органы и организации в целях эффективного комплексного сопровождения, посредством межведомственного взаимодействия, осуществляют следующие функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z48" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) обеспечение реализации принятого Центром ИПР в установленный законодательством срок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z49" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) активное вовлечение лиц (семей) в реализацию мероприятий в сроки и в объемах, предусмотренных в ИПР, для выхода из ТЖС и развитие их собственного потенциала. При наличии у лиц (семей) ребенка, приоритетом является учет потребностей и интересов ребенка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) соблюдение конфиденциальности информации при обеспечении реализации ИПР;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) последовательное и преемственное соблюдение этапов оказания мер государственной поддержки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) постоянный мониторинг качества и эффективности межведомственной координации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) участие в реализации мер профилактики правонарушений и насилия в отношении лиц (семей), находящихся в трудной жизненной ситуации, в пределах компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок координации работы по охвату лиц (семей), оказавшихся в трудной жизненной ситуации в пределах компетенции государственных органов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z55" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Для вывода лиц (семей) из ТЖС Центром разрабатывается и утверждается ИПР, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилам</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осуществления деятельности Центра поддержки семьи, утвержденным приказом культуры и информации Республики Казахстан от 14 июня 2024 года № 256-НҚ "Об утверждении Правил осуществления деятельности Центров поддержки семьи" (зарегистрирован в реестре государственной регистрации нормативных правовых актов № 34499).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z56" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ИПР включает мероприятия по социальной реабилитации, адаптации и снижению рисков повторного попадания в ТЖС, а также рисков правонарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z57" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. В течение двух рабочих дней Центр направляет ИПР государственным органам, вовлеченным в реализацию мероприятий ИПР в пределах их компетенций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z58" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Государственные органы в пределах компетенции и (или) согласно реестру государственных услуг, утвержденному приказом и.о. Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 31 января 2020 года № 39/НҚ, оказывают государственную поддержку лицам (семьям), находящимся в ТЖС в сроки, определенные законодательством сфере государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z59" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Государственные органы и (или) организации предоставляют информацию о выполнении ИПР в Центр согласно указанным срокам в ИПР.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z60" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В течение двух рабочих дней со дня получения информации от государственного органа и организации Центр отслеживает реализацию мероприятий ИПР, определенных законодательством в сфере государственных услуг, и делает отметку о статусе их выполнения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z52" w:id="46"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z61" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр, при выявлении неисполнения требований законодательства Республики Казахстан в сфере оказания государственных услуг, возвращает ИПР на доработку государственным органам и (или) организациям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z62" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Информация о выполнении индивидуального плана работы может включать сведения о достижении результатов по снижению социальных и поведенческих рисков, при соблюдении требований законодательства о персональных данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z63" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. При выполнении мероприятий ИПР в полном объеме, в течение одного рабочего дня Центром делается отметка в ИПР об их завершении с указанием даты завершения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z64" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Мониторинг и анализ межведомственной работы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z65" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Для оценки эффективности межведомственной работы Центр проводит мониторинг совместной работы на ежеквартальной основе, с учетом изменений социального статуса, а также обобщенных показателей социальных факторов, влияющих на уровень социального неблагополучия и профилактики правонарушений в пределах компетенции и полномочий, установленных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z66" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. По результатам проведенного мониторинга Центром составляется заключение об эффективности межведомственной работы государственных органов и (или) организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z67" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для повышения качества работ и услуг, в заключении указываются недоработки (при наличии) и предложения по их устранению, которые направляются в уполномоченный орган.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2190,31 +2418,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>