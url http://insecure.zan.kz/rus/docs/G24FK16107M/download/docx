--- v0 (2025-11-09)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3b2081b" w14:textId="3b2081b">
+    <w:p w14:paraId="c3d94e3" w14:textId="c3d94e3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -370,90 +370,90 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы - 43 155,0 тысяч тенге, в том числе:</w:t>
+      2) доходы – 35 218,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления – 3 693,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -481,69 +481,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала - 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 39 462,0 тысяч тенге;</w:t>
+      поступления трансфертов – 31 525,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 43 537,0 тысяч тенге;</w:t>
+      2) затраты – 35 600,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование - 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -642,52 +642,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета – -382,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      6) финансирование дефицита (использование профицита) бюджета –  382,0 тысяч тенге:</w:t>
+        <w:t xml:space="preserve">
+      6) финансирование дефицита (использование профицита) бюджета – 382,0 тысяч тенге, в том числе: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       поступление займов - 0,0 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -697,89 +697,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов - 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств –382,0 тысяч тенге;</w:t>
+      используемые остатки бюджетных средств – 382,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Мақаншы области Абай от 29.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Мақаншы области Абай от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 26-190/VIII</w:t>
+        <w:t>№ 29- 211/VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1061,246 +1061,181 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Коктальского сельского округа района Мақаншы на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения маслихата района Мақаншы области Абай от 29.09.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения маслихата района Мақаншы области Абай от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 26-190/VIII</w:t>
+        <w:t>№ 29- 211/VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего доходы (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1343,115 +1278,83 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1494,179 +1397,147 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1676,4016 +1547,4150 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
-43 155,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I. Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 218,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 693,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-355,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+575,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-355,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+575,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-3 329,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 264,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-77,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 118,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-9,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+77,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-283,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 506,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-9,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+385,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-9,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Внутренние налоги на товары, работы и услуги </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+141,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+141,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа государственного имущества, закрепленного за государственными учреждениями</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-39 462,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа государственного имущества, закрепленного за государственными учреждениями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи земельных участков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Поступления трансфертов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31 525,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31 525,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
@@ -5963,80 +5968,60 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...28 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -6749,51 +6734,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43 537,0</w:t>
+35 600,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6958,51 +6943,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30 396,0</w:t>
+22 459,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7167,51 +7152,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30 396,0</w:t>
+22 459,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7376,51 +7361,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30 396,0</w:t>
+22 459,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7585,51 +7570,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 000,0</w:t>
+22 459,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7794,51 +7779,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 396,0</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8630,51 +8615,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-641,0</w:t>
+10 641,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8839,51 +8824,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-641,0</w:t>
+10 641,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9498,401 +9483,401 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-2 500,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Деятельность в области культуры</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура,спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9948,160 +9933,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Деятельность в области культуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10189,128 +10174,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Поддержка культурно-досуговой работы на местном уровне</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села,поселка,сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10334,401 +10319,401 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-0,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Обслуживание долга</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10784,160 +10769,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11025,128 +11010,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Обслуживание долга аппарата акима города районного значения, села, поселка, сельского округа по выплате вознаграждений и иных платежей по займам из районного (города областного значения) бюджета</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аппарат акима города районного значения,села поселка, сельского округа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11170,192 +11155,192 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...140 lines deleted...]
-Трансферты</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения,селах,поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11379,192 +11364,192 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Трансферты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11620,160 +11605,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11861,128 +11846,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-III.Бюджетные изъятия</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12038,160 +12023,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Погашение бюджетных кредитов</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реализация мероприятий по социальной и инженерной инфраструктуре в сельских населенных пунктах в рамках проекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12215,192 +12200,192 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Погашение бюджетных кредитов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12456,160 +12441,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...62 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Погашение бюджетных кредитов, выданных из государственного бюджета</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12697,124 +12682,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...72 lines deleted...]
-IV. Сальдо по операциям с финансовыми активами</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12934,92 +12923,96 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...40 lines deleted...]
-Приобретение финансовых активов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+042</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обслуживание долга аппарата акима города районного значения, села, поселка, сельского округа по выплате вознаграждений и иных платежей по займам из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13043,188 +13036,192 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...136 lines deleted...]
-Поступления от продажи финансовых активов государства </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13280,192 +13277,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-- 382,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13517,160 +13518,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-382,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13754,92 +13759,96 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...40 lines deleted...]
-Поступления займов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+043</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные изъятия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13895,160 +13904,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Поступления займов</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14136,128 +14145,124 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Внутренние государственные займы</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14377,50 +14382,2530 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов, выданных из государственного бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV. Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Поступления от продажи финансовых активов государства </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Дефицит ( профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-382,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VI. Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+382,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние государственные займы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -14449,57 +16934,61 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -46739,55 +49228,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>